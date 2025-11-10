--- v0 (2025-10-19)
+++ v1 (2025-11-10)
@@ -1,43 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3841DAEF" w14:textId="77777777" w:rsidR="003519CF" w:rsidRPr="00A77DFA" w:rsidRDefault="003519CF" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7368D446" w14:textId="17E2E22A" w:rsidR="00387E83" w:rsidRPr="00314170" w:rsidRDefault="003519CF" w:rsidP="003519CF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
@@ -94,94 +95,94 @@
         </w:rPr>
         <w:t>perioperative nerve injuries</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C011DF5" w14:textId="77777777" w:rsidR="00E22878" w:rsidRDefault="00E22878" w:rsidP="003519CF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54B10A5F" w14:textId="55CCB5D6" w:rsidR="0049626A" w:rsidRPr="00314170" w:rsidRDefault="0049626A" w:rsidP="00F73F6D">
+    <w:p w14:paraId="54B10A5F" w14:textId="17610B96" w:rsidR="0049626A" w:rsidRPr="00314170" w:rsidRDefault="0049626A" w:rsidP="00F73F6D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Local Coordinator </w:t>
       </w:r>
       <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Guide </w:t>
       </w:r>
       <w:r w:rsidR="000238F0" w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
-      <w:r w:rsidR="00E64557">
+      <w:r w:rsidR="002512FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>3.1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0173D029" w14:textId="65805B84" w:rsidR="006D2A02" w:rsidRPr="00314170" w:rsidRDefault="00A05B6F" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Content</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12B37FC0" w14:textId="39CA5A8A" w:rsidR="00AF1BD3" w:rsidRDefault="006D2A02">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
@@ -2558,51 +2559,50 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A6A66E" w14:textId="77777777" w:rsidR="00053548" w:rsidRPr="009B24C3" w:rsidRDefault="00053548" w:rsidP="003B272E">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C9DE85E" w14:textId="358FFD8F" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc71539745"/>
       <w:bookmarkStart w:id="4" w:name="_Toc211255558"/>
       <w:r w:rsidRPr="00314170">
-        <w:lastRenderedPageBreak/>
         <w:t>Individual Case Registry</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="7E707672" w14:textId="77777777" w:rsidR="00E73AED" w:rsidRPr="00314170" w:rsidRDefault="00E73AED" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A7B90FE" w14:textId="77777777" w:rsidR="00646A36" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>The individual case re</w:t>
       </w:r>
       <w:r w:rsidR="000165B8" w:rsidRPr="00314170">
         <w:t>ports</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000165B8" w:rsidRPr="00314170">
         <w:t xml:space="preserve">are </w:t>
@@ -3144,51 +3144,50 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1AFC5B" w14:textId="550D5C2A" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C95AB3E" w14:textId="007811CC" w:rsidR="00BD0B6E" w:rsidRPr="00314170" w:rsidRDefault="00BD0B6E" w:rsidP="002F0E76">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E34539E" w14:textId="7AD72FFA" w:rsidR="00314170" w:rsidRPr="00314170" w:rsidRDefault="0041454B" w:rsidP="001B6D16">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66C16744" wp14:editId="3FE5E045">
             <wp:extent cx="6645910" cy="4791710"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="600857129" name="Picture 1" descr="A blue and white diagram with white text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="600857129" name="Picture 1" descr="A blue and white diagram with white text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
@@ -3719,51 +3718,50 @@
         </w:rPr>
         <w:t>Includes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65A05B31" w14:textId="6DD61E3F" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="000A658F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We wish to capture those patients who </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">have had a regional block under the care of an anaesthetist or anaesthesia associate in the emergency department. Any regional </w:t>
       </w:r>
       <w:r w:rsidR="009942D5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">block </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>undertaken by an emergency department physician should NOT be included. There is a separate project planned with the Royal College of Emergency Medicine exploring the use of regional anaesthesia by Emergency Physicians in the Emergency Department.</w:t>
@@ -4010,4264 +4008,4750 @@
     <w:p w14:paraId="0442F54B" w14:textId="5135FBD2" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="006A4782">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If in any doubt report</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C8FA91" w14:textId="77777777" w:rsidR="00317503" w:rsidRDefault="00317503" w:rsidP="00317503">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="77CC6DE8" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="00986E65">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:ins w:id="8" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11052" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblPrChange w:id="9" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
+          <w:tblPr>
+            <w:tblStyle w:val="TableGrid"/>
+            <w:tblW w:w="11194" w:type="dxa"/>
+            <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+          </w:tblPr>
+        </w:tblPrChange>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2074"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2749"/>
+        <w:gridCol w:w="2020"/>
+        <w:gridCol w:w="3362"/>
         <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2835"/>
+        <w:tblGridChange w:id="10">
+          <w:tblGrid>
+            <w:gridCol w:w="2020"/>
+            <w:gridCol w:w="3362"/>
+            <w:gridCol w:w="2693"/>
+            <w:gridCol w:w="142"/>
+            <w:gridCol w:w="2835"/>
+            <w:gridCol w:w="142"/>
+            <w:gridCol w:w="2815"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF6D22" w14:paraId="3DCEBDD9" w14:textId="77777777" w:rsidTr="00356385">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="3AA34547" w14:textId="77777777" w:rsidTr="00986E65">
         <w:trPr>
           <w:trHeight w:val="397"/>
-          <w:tblHeader/>
+          <w:ins w:id="11" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:trPrChange w:id="12" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
+            <w:trPr>
+              <w:gridAfter w:val="0"/>
+              <w:trHeight w:val="397"/>
+            </w:trPr>
+          </w:trPrChange>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:tcPrChange w:id="13" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
+              <w:tcPr>
+                <w:tcW w:w="2020" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+              </w:tcPr>
+            </w:tcPrChange>
           </w:tcPr>
-          <w:p w14:paraId="1441489F" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="78A15FF4" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="14" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00317503">
-[...7 lines deleted...]
-            </w:r>
+            <w:ins w:id="15" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Complication</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:tcPrChange w:id="16" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
+              <w:tcPr>
+                <w:tcW w:w="3362" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+              </w:tcPr>
+            </w:tcPrChange>
           </w:tcPr>
-          <w:p w14:paraId="278BBB3A" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="61EB0B73" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="17" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="18" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Inclusion criteria</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="112325B4" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="19" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Inclusion criteria</w:t>
-[...38 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:tcPrChange w:id="20" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
+              <w:tcPr>
+                <w:tcW w:w="2693" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+              </w:tcPr>
+            </w:tcPrChange>
           </w:tcPr>
-          <w:p w14:paraId="17C8703D" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0C6A2596" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="21" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00317503">
-              <w:rPr>
+            <w:ins w:id="22" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Exclusion criteria</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:tcPrChange w:id="23" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
+              <w:tcPr>
+                <w:tcW w:w="3119" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
+                <w:tcBorders>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+              </w:tcPr>
+            </w:tcPrChange>
+          </w:tcPr>
+          <w:p w14:paraId="5F30B200" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="24" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Comments</w:t>
-            </w:r>
+            </w:pPr>
+            <w:ins w:id="25" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Comments</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="32041171" w14:textId="77777777" w:rsidTr="006A4782">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="0C23A2D6" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tblPrEx>
+          <w:tblPrExChange w:id="26" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
+            <w:tblPrEx>
+              <w:tblW w:w="14009" w:type="dxa"/>
+            </w:tblPrEx>
+          </w:tblPrExChange>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
+          <w:ins w:id="27" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:trPrChange w:id="28" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
+            <w:trPr>
+              <w:trHeight w:val="397"/>
+            </w:trPr>
+          </w:trPrChange>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11052" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcPrChange w:id="29" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
+              <w:tcPr>
+                <w:tcW w:w="14009" w:type="dxa"/>
+                <w:gridSpan w:val="7"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+            </w:tcPrChange>
           </w:tcPr>
-          <w:p w14:paraId="66BDCD81" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="554385D2" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="30" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A81CDEB" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1A71A9F3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="31" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00317503">
-              <w:rPr>
+            <w:ins w:id="32" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Either CNB or PNB</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="15918EE5" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="33" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...11 lines deleted...]
-                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="2615C137" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="40D3F0B3" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="34" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="611DE987" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00356385">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4E2AB5B2" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="35" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00317503">
-[...11 lines deleted...]
-              <w:rPr>
+            <w:ins w:id="36" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Wrong route drug error</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="57895237" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="37" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C56ED1F" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00356385">
-[...27 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4A23FF0B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="38" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="39" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Intravascular administration of a medication that was intended for perineural, intrathecal or epidural administration.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="61FC1486" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="40" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EAC361E" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="41" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00317503">
-[...51 lines deleted...]
-              <w:rPr>
+            <w:ins w:id="42" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="4FA4E3C8" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="43" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03C3430E" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="44" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="45" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Perineural, intrathecal or epidural administration of a medication that was intended to be administered by another route.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="74F029ED" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="46" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="081B9AFE" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00356385">
-[...314 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3C8571FE" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="47" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5291DFC0" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00356385">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6672F1B7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="48" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="49" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>NHS Never Event therefore report irrespective of whether physical or psychological harm was incurred</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="3BBEBBF0" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="2E6C2719" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="50" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11E1402C" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00356385">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="125E3385" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="51" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:ins w:id="52" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Local anaesthetic systemic toxicity (LAST)</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="42EB2891" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="53" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="652FD619" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00356385">
-[...58 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="528025CE" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="54" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="55" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Administration of local anaesthetic by a surgeon for anaesthesia/analgesia </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>AND/OR</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> administration of local anaesthetic by an anaesthetist, by bolus or infusion for regional anaesthesia/analgesia.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="19373597" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="56" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="760FAEF4" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="57" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="58" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>AND EITHER</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="52B7C352" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="59" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6ECD0437" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="60" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="61" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clinical features of moderate to severe LAST e.g. seizure, loss of consciousness, cardiac arrhythmia* or cardiac arrest. </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="4A27B39B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="62" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70222449" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="63" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="64" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="68D702B2" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="65" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B8F6260" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="66" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="67" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Administration of lipid emulsion therapy.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="66BDAC14" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="68" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0202AD4B" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00356385">
-[...18 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="157F65BE" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="69" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="70" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Possible local anaesthetic toxicity which did not meet a threshold of at least moderate harm (for example patient report of circumoral tingling, tinnitus).</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="536EE1C5" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="71" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FD821CC" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="72" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-[...194 lines deleted...]
-              <w:rPr>
+            <w:ins w:id="73" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>LAST secondary to sole use of intravenous lidocaine for pain procedures or peri-operative analgesia (i.e. not in conjunction with central neuraxial block, peripheral nerve block or surgical local infiltration).</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="01958A25" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="74" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60E16AA8" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="75" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:ins w:id="76" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Topicalisation</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> of airway for awake tracheal intubation where no airway nerve blocks have been performed</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="42C5983B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="77" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="316DF5A3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="78" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="423E3F07" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00356385">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="62753EC3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="79" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="80" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>* Cardiac arrythmia requiring unplanned monitoring, haemodynamic instability, and/or active intervention</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="70DF4626" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="5368FA30" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="81" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58732B6C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="82" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="83" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Pneumothorax</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="5555BABB" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="84" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E9725F" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="85" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="86" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>New presence of air in the pleural cavity confirmed on radiological investigation</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1AD58992" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="87" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D0B5E77" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="88" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="89" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="0833A618" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="90" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4077964C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="91" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="92" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>New presence of air under tension in the pleural cavity requiring immediate decompression following a regional procedure with no time for radiological confirmation</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="46CDC890" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="93" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F9405D1" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="94" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB00408" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="95" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="96" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Pneumothorax arising as an expected outcome following surgery (for example thoracic surgery) concurrent with central neuraxial or peripheral nerve blockade.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17979055" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="97" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="30449ECB" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="98" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="188CAF19" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="99" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="100" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Cardiac arrest directly due to central or peripheral regional anaesthesia</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="68262181" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="101" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E04063" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="102" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="103" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Five or more chest compressions or use of defibrillation.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="4B12C65E" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="104" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A50EB07" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="105" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="106" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="7D552E13" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="107" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47D59A7E" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="108" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="109" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Withdrawal of care during procedure or in recovery</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="6894BCE5" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="110" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D1F9753" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="111" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="112" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="2FFD27D7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="113" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DEE3109" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="114" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="115" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Died during anaesthesia care</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00986E65" w:rsidDel="00B73C99">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>or in recovery</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="55DBD626" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="116" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DB34C44" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="117" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="118" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Cardiac arrest, withdrawal of care or died during procedure or treatment but cause not directly related to regional anaesthesia.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1281AC17" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="119" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B3AAAD" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="120" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="172BE0B4" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="121" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="796092BE" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00356385">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="27B8AD36" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="122" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-[...11 lines deleted...]
-              <w:rPr>
+            <w:ins w:id="123" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Infection at site of central or peripheral regional anaesthesia</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="72D9C4C2" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="124" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="ED7D31" w:themeColor="accent2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26630922" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00356385">
-[...27 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="275E4602" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="125" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="126" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Infection occurring within 30 days at or near the site of a previous peripheral nerve or central neuraxial block, either single shot or catheter, leading to localised abscess, discitis, osteomyelitis, systemic infection, or necrotising fasciitis.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="66B0740B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="127" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A60C87A" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="128" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-              <w:rPr>
+            <w:ins w:id="129" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AND </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="0DF7BB2D" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="130" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73D4726E" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="131" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="132" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Required antibiotic therapy.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="3836D1EF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="133" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">AND </w:t>
-[...30 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A208DED" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="134" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:ins w:id="135" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>AND EITHER</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="3DF1773E" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="136" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73785D90" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="137" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="138" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Positive contributory micro-organism culture taken from either blood, abscess, or site swab. </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="6BAA478F" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="139" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E882884" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="140" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-              <w:rPr>
+            <w:ins w:id="141" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="48873BA0" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="142" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>AND EITHER</w:t>
-[...222 lines deleted...]
-            </w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="070743B8" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="143" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="144" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Imaging or clinical suspicion consistent with infection due to the central neuraxial or peripheral nerve block.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="3CBD8E1C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="145" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16525DA5" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00356385">
-[...144 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4F019EB7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="146" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="147" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Insertion site inflammation or localised cellulitis.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="0C32A475" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="148" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DDBC50B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="149" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="150" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="4322F4BD" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="151" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F13C3EA" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="152" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="153" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Catheter or insertion site colonisation (culture-positive perineural or epidural catheters but with no clinical evidence of site infection or requirement for antibiotic therapy).</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="244FA5E7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="154" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E9C43BF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="155" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="156" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">OR </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="6BDFAC08" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="157" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7ED7B134" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="158" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="159" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Vertebral canal abscess and infective meningitis (reported separately).</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57ACECED" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...214 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="33B6134C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="160" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="2776CF8C" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="385601BD" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="161" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="748F993D" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3FE79696" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="162" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-[...12 lines deleted...]
-              <w:rPr>
+            <w:ins w:id="163" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Anaphylaxis</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="3288D0FC" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="164" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68749616" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="45C61AE1" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="165" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-              <w:rPr>
+            <w:ins w:id="166" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Life-threatening anaphylaxis* confirmed to be secondary to local anaesthetic, another drug mixed with the local anaesthetic administered during the central neuraxial or peripheral nerve block, or to skin preparation solutions for block performance**</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="5C020094" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="167" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Inadvertent traumatic needling injury to a visceral or other organ, whether recognised at the time or afterwards</w:t>
-[...5 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53DD1B9C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="168" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...27 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="169" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="257518CB" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="64791473" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="170" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-[...1377 lines deleted...]
-            </w:r>
+            <w:ins w:id="171" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Anaphylaxis confirmed by allergen testing to be secondary to any drug used for sedation or general anaesthesia in a patient who had a concurrent central neuraxial or peripheral nerve block</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D446DDC" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="14126562" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="172" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="173" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>*Unexpected severe hypotension</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="20C81FC5" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="174" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="387780C3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="175" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="176" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>AND/OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="5B939B85" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="177" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="178" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Severe bronchospasm</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="48C21F9F" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="179" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A43FC97" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="180" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="181" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>AND/OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="7D3E00EC" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="182" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="183" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Swelling with actual or potential airway compromise</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="4EB6564B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="184" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44195F20" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="185" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="186" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1C632D56" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="187" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23CF0680" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="188" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="189" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Cardiac arrest</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="58391033" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="190" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="202F5B1B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="191" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="192" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>**Please log the anaphylaxis in the NAP8 case registry at the time of presentation. An automatic alert will be sent at 6 months to please review the patient case notes, log in and follow instructions to record if anaphylaxis has been confirmed as being secondary to any components of the regional anaesthesia technique.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="53C6E7D6" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="193" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="76CF5E90" w14:textId="77777777" w:rsidTr="006A4782">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="52B21137" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="194" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C7A75E9" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="195" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="196" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Visceral or other organ injury</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="210A202C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="197" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C80F820" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="198" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="199" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Inadvertent traumatic needling injury to a visceral or other organ, whether recognised at the time or afterwards.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1ABBA9B0" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="200" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C69720C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="201" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="202" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vascular, neurological or pleural injury are separate complications and should be reported elsewhere </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6448F72C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="203" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="204" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Examples include liver capsule penetration leading to haematoma during transverse abdominis plane (TAP) blockade, bowel perforation during abdominal wall block, globe perforation during peribulbar blockade.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="5E3F3164" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="205" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="4D8B59A3" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tblPrEx>
+          <w:tblPrExChange w:id="206" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
+            <w:tblPrEx>
+              <w:tblW w:w="14009" w:type="dxa"/>
+            </w:tblPrEx>
+          </w:tblPrExChange>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:ins w:id="207" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcPrChange w:id="208" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
+              <w:tcPr>
+                <w:tcW w:w="14009" w:type="dxa"/>
+                <w:gridSpan w:val="7"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:tcPr>
+            </w:tcPrChange>
+          </w:tcPr>
+          <w:p w14:paraId="50BAC0DF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="209" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27861018" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="210" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="211" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>CNB</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="5D241D78" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="212" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="27323D97" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="213" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FAA245" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="214" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="215" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>High/total/complete spinal</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="2B302C06" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="216" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7215BEDD" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="217" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="218" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Any patient who develops a high block in association with central neuraxial anaesthesia/analgesia which is associated with requirement for ventilatory support* or cardiopulmonary resuscitation**.  </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="47481893" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="219" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33E395A5" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="220" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="221" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="3CF0B767" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="222" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79B8C9CC" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="223" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="224" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Any patient who develops a high block from epidural or intrathecal spread of local anaesthetic following a peripheral nerve block</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4122A014" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="225" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6863FA9A" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="226" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="227" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>*</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="111111"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Ventilatory support includes the additional use of ‘bag/mask’ ventilation, or ventilation assisted </w:t>
+              </w:r>
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="111111"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t>by the use of</w:t>
+              </w:r>
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="111111"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> a supraglottic airway device or endotracheal tube</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="5E91CFE4" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="228" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AE157E4" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="229" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="230" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="111111"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t>**Cardiopulmonary resuscitation includes the use of basic and advanced life support</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="6A973041" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="231" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="509D5E1F" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="232" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="233" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Respiratory failure</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4030A121" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="234" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="235" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Any patient who develops respiratory failure due to neuraxial opioids which is associated with requirement for ventilatory support* </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="24A24EF9" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="236" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01BC7416" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="237" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="238" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>AND</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="35BE2A5D" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="239" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B6BF85E" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="240" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="241" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Neuraxial opioids either intrathecal or epidural, via either single shot or continuous catheter</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58242309" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="242" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="243" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Respiratory failure secondary to high/total/complete spinal should be reported elsewhere</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="7D60F7E4" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="244" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C12EE0D" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="245" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="246" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patients requiring supplemental oxygen or naloxone </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4324BD" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="247" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="248" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="111111"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t xml:space="preserve">*Ventilatory support includes the additional use of ‘bag/mask’ ventilation, or ventilation assisted </w:t>
+              </w:r>
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="111111"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t>by the use of</w:t>
+              </w:r>
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="111111"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> a supraglottic airway device or endotracheal tube</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="23E55375" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="249" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="4A2DD716" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="250" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="608957B6" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="251" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="252" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Vertebral canal haematoma</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF6C167" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="253" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="254" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confirmed new inadvertent accumulation of blood in the extra-cranial intramedullary, subdural or epidural space </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08664F8F" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="255" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="256" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Purposeful injection of blood into the epidural space performed as part of dural blood patching.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="5806CAD5" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="257" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17A03BD3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="258" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="259" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="7923DD73" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="260" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FF36FC6" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="261" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="262" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Vertebral canal haematoma presenting after spinal or neurological surgery and thought to have arisen as a surgical complication.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="6913E774" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="263" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA335F7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="264" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="6AF5B4F5" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="265" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FFD3115" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="266" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="267" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Vertebral canal abscess</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="6F50BF21" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="268" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07C1404A" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="269" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="270" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Confirmed new infection within the extra-cranial intramedullary, subdural or epidural space.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1BCC0E8F" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="271" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5735D9" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="272" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="273" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Vertebral canal abscess presenting after spinal or neurological surgery and thought to have arisen as a surgical complication rather than from regional anaesthesia.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="72B9C4FC" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="274" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC6DAD3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="275" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="4F23A453" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="276" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C0D08B3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="277" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="278" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Infective meningitis</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B138DF9" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="279" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="280" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Clinical or laboratory diagnosis of infective bacterial or viral meningitis.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="783A6637" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="281" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7370473C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="282" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3569C15C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="283" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="284" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Infective meningitis presenting after spinal or neurological surgery.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="352BA3F0" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="285" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="2AD23279" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="286" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F249DCF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="287" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="288" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Adhesive arachnoiditis</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="4AC6E843" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="289" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC938EB" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="290" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="291" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arachnoid inflammation, intrathecal scars and dural adhesions, identified on radiological imaging </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="01995C67" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="292" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="737A8467" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="293" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E364AF8" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="294" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="266054B4" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="295" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF2BDC6" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="296" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="297" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Nerve injury after central neuraxial block</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34670629" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="298" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="299" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Spinal cord ischaemia or infarction</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="6F641355" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="300" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D4685CF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="301" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="302" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="45883FA0" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="303" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16FDA67C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="304" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="305" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Direct spinal cord injury</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1BE88FDB" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="306" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43E38FDD" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="307" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="308" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="0C12D9D2" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="309" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A3AFA2C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="310" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="311" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Direct radicular or other non-cord nerve injury</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="539C3C41" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="312" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC07463" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="313" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="113DCD97" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="314" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="75C23E34" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="315" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="509C9AB1" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="316" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="317" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>‘Other’ complication not listed above</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22E74DCC" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="318" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="319" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Radiologically confirmed intracranial infarction or haemorrhage occurring after CNB (including but not limited to: Subdural haematoma, subarachnoid haemorrhage, intraventricular haemorrhage, cerebral venous sinus thrombosis or pituitary apoplexy).</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1EA04841" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="320" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0600A17C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="321" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="322" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="613FCA8B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="323" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="674A0EAF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="324" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="325" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Radiologically confirmed Posterior Reversible Encephalopathy Syndrome (PRES).</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1F2247C3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="326" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0127C4CF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="327" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="328" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="6DB5D8D1" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="329" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="744BBCCA" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="330" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="331" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Cranial nerve palsy, where intracranial haemorrhage or space occupying lesion has been excluded on radiological imaging.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="18968826" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="332" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61F1C988" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="333" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="334" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="13CD5B4C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="335" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="483433DF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="336" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="337" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Any other complication secondary to central neuraxial block not listed above </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="15B6D3DF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="338" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21EACE08" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="339" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47EECF57" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="340" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="341" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Accidental dural puncture with or without epidural blood patch which does not result in any of the listed complications.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F950C8E" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="342" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="459EF4E5" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="343" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11052" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="39B71022" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6034BCD0" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="344" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="623C610F" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="345" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-[...14 lines deleted...]
-              <w:rPr>
+            <w:ins w:id="346" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Peripheral nerve blocks</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="41647310" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="347" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w:rsidRPr="00ED7C45" w14:paraId="41087130" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="5FB92BC0" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="348" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C6BAE28" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7E25C4FD" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="349" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-[...11 lines deleted...]
-              <w:rPr>
+            <w:ins w:id="350" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Wrong site block</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="0A0308E9" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="351" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA6CAFB" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="317994CF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="352" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-[...26 lines deleted...]
-              <w:rPr>
+            <w:ins w:id="353" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>A nerve block performed on the wrong patient or the wrong site, whether local anaesthetic was injected or not.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="204E8B97" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="354" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0620E090" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="004DD0CA" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="355" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...160 lines deleted...]
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="276BF0A1" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="444F79F3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="356" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="357" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Never event therefore report irrespective of whether physical or psychological harm was incurred</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="38062B55" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="358" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="70774873" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="6BB43FBF" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="359" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="244C7B76" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...26 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5DD056B7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="360" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="361" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phrenic nerve palsy </w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38D231DC" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...27 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1C9B8EE3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="362" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="363" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Unplanned requirement for non-invasive or invasive ventilation</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="16C55D3B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="364" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C964DD7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="365" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
-              <w:rPr>
+            <w:ins w:id="366" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1D350DCB" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="367" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>AND EITHER</w:t>
-[...177 lines deleted...]
-            </w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="175EF2AD" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="368" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="369" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Confirmed unilateral diaphragmatic weakness causing functional impairment more than 48 hours after either a single shot block or removal of a nerve catheter</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="309086BA" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="370" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7931397C" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...81 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="338D6A08" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="371" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="372" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>The need for supplemental oxygen, but no requirement for non-invasive or invasive ventilation after regional anaesthesia.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="5329944A" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="373" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E299413" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...130 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7D2ABD7C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="374" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="42D3BC5A" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="785F82F5" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="375" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA73E5C" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7CFE6C68" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="376" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:ins w:id="377" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Haemorrhage</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="4791D2E2" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="378" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A102031" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...47 lines deleted...]
-                <w:highlight w:val="yellow"/>
+          <w:p w14:paraId="405400BE" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="379" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="380" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Haemorrhage arising from a regional anaesthetic procedure.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="71AD4E4A" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="381" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20A161D9" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="382" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="383" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>AND EITHER</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="6A338A23" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="384" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5647456B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="385" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="386" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Required treatment with blood products </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="073EF882" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="387" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15D05684" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="388" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="389" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="7493BDC6" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="390" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62E43B21" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="391" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="392" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>surgery</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="68BD57E6" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="393" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42E1F682" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="394" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="395" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>OR</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="71BABEE7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="396" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="243A906B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="397" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="398" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">interventional radiological intervention. </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="75C30CF1" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="399" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27FA27C0" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="0010127F">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="56D482F8" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="400" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="401" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haemorrhage which requires observation or conservative management only (including manual pressure). </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B142E1" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="402" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="1DA5C9F1" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="403" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="032FED50" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="404" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="405" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Peripheral nerve injury following peripheral nerve block</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AFD6B9" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="406" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="407" w:name="OLE_LINK17"/>
+            <w:bookmarkStart w:id="408" w:name="OLE_LINK18"/>
+            <w:ins w:id="409" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Unintended new abnormality in one or more modalities (sensory, motor, pain or autonomic) lasting more than 48 hours after either a single shot block or removal of a nerve catheter*</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:bookmarkEnd w:id="407"/>
+          <w:bookmarkEnd w:id="408"/>
+          <w:p w14:paraId="54CD6E0B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="410" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68038FFC" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="411" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="412" w:name="OLE_LINK15"/>
+            <w:bookmarkStart w:id="413" w:name="OLE_LINK16"/>
+            <w:ins w:id="414" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Cause, agreed by local multidisciplinary clinical team to be secondary to direct surgical injury. If in doubt report.</w:t>
+              </w:r>
+              <w:bookmarkEnd w:id="412"/>
+              <w:bookmarkEnd w:id="413"/>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB79747" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="415" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="416" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abnormalities do not need to map to any </w:t>
+              </w:r>
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>particular nerve</w:t>
+              </w:r>
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> or radicular distribution.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="7D336BBC" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="417" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38B90F8C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="418" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="419" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neurological abnormality may be a </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>change</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> of function in any specific modality (e.g. in the sensory modality both unintended new loss of sensation and new paraesthesia should trigger reporting)</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="2E963844" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="420" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53F94A57" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="421" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="422" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">*If a patient presents with a suspected </w:t>
+              </w:r>
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>nerve</w:t>
+              </w:r>
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> please log the nerve injury in the NAP8 database at the time of presentation. An automatic alert will be sent at 6 months to please review the patient case notes, log in and follow instructions. This information will be vital and will be used by the multidisciplinary review team to a) determine causality and b) to define the injury as permanent or not</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="09C4EC84" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:trPr>
+          <w:ins w:id="423" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C40F053" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="424" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="425" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>‘Other’ complication not listed above</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62508ED2" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="426" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="427" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
+              <w:r w:rsidRPr="00986E65">
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Any other complication secondary to peripheral nerve block not listed anywhere above </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="4783F311" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="428" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C10B8C8" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="429" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="188D8FD3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="430" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D349DA" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:ins w:id="431" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="40261895" w14:textId="77777777" w:rsidR="00E40DD6" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6"/>
+    <w:p w14:paraId="6B4A1A04" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="00986E65">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:ins w:id="432" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="526304C9" w14:textId="7D99292D" w:rsidR="006A4782" w:rsidRDefault="006A4782" w:rsidP="00E40DD6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For complications listed below that occur during the registry phase</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> that were NOT secondary to regional anaesthesia or surgical local infiltration</w:t>
       </w:r>
       <w:r w:rsidRPr="00317503">
@@ -9011,51 +9495,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="429220E6" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Cases involving cross clamping of major vessels, cardiac surgery or endovascular work are to be </w:t>
             </w:r>
             <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>included</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B04F6A3" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9531,61 +10014,61 @@
               <w:t xml:space="preserve"> deemed appropriate by local team. Please log the nerve injury in the NAP8 database at the time of presentation. An automatic alert will be sent at 6 months to please review the patient case notes, log in and follow instructions. This information will be vital and will be used by the multidisciplinary review team to a) determine causality and b) to define the injury as permanent or not</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2433C3E9" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA7E990" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="00307896" w:rsidRDefault="00FF6D22" w:rsidP="00E40DD6"/>
     <w:p w14:paraId="6DAC63CB" w14:textId="77777777" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="007B20DE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc71539748"/>
-      <w:bookmarkStart w:id="9" w:name="_Toc211255561"/>
+      <w:bookmarkStart w:id="433" w:name="_Toc71539748"/>
+      <w:bookmarkStart w:id="434" w:name="_Toc211255561"/>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>How to report an individual case</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="433"/>
+      <w:bookmarkEnd w:id="434"/>
     </w:p>
     <w:p w14:paraId="653CF497" w14:textId="799CE970" w:rsidR="00E058C9" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="007B20DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Cases should be reported as soon as possible after a </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>complication</w:t>
       </w:r>
       <w:r w:rsidRPr="007B20DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> has occurred.</w:t>
@@ -10091,58 +10574,57 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Clinical governance and medicolegal teams</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A5F09C" w14:textId="47F87FEF" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
       <w:r>
         <w:t xml:space="preserve">Further information and supporting material </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> provided to help with this (see later).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B19B707" w14:textId="43027AA9" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc71539749"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="435" w:name="_Toc71539749"/>
+      <w:bookmarkStart w:id="436" w:name="_Toc211255562"/>
+      <w:r w:rsidRPr="00314170">
         <w:t>Activity Survey</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="435"/>
+      <w:bookmarkEnd w:id="436"/>
     </w:p>
     <w:p w14:paraId="248F78B0" w14:textId="77777777" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F15B634" w14:textId="23177D62" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="004677CA" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The activity </w:t>
       </w:r>
       <w:r w:rsidR="007533CD" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -10856,68 +11338,67 @@
     <w:p w14:paraId="603C699B" w14:textId="57DBDF58" w:rsidR="00A00ECD" w:rsidRPr="00314170" w:rsidRDefault="00682B3B" w:rsidP="00682B3B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="55805922" w14:textId="72D26590" w:rsidR="00024CBD" w:rsidRPr="00314170" w:rsidRDefault="00024CBD" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc211255563"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="437" w:name="_Toc211255563"/>
+      <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">Regulatory approvals, </w:t>
       </w:r>
       <w:r w:rsidR="00644F08" w:rsidRPr="00314170">
         <w:t xml:space="preserve">data </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>security</w:t>
       </w:r>
       <w:r w:rsidR="00644F08" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00644F08" w:rsidRPr="00D6499E">
         <w:t>confidentiality</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="437"/>
     </w:p>
     <w:p w14:paraId="6C62972A" w14:textId="788E5AA4" w:rsidR="00DB6B54" w:rsidRPr="00314170" w:rsidRDefault="008A1D33" w:rsidP="00DB6B54">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="004A3F34" w:rsidRPr="00314170">
         <w:t>NAPs</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> are </w:t>
       </w:r>
       <w:r w:rsidR="000A0A2B" w:rsidRPr="00314170">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">clinical </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>service evaluations</w:t>
       </w:r>
@@ -11410,67 +11891,66 @@
       </w:r>
       <w:r w:rsidR="00977ABD">
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">not permitted to discuss the details of cases outside of the review meetings. Further, if they feel they can connect the case they are reviewing with knowledge from outside the review process they are not permitted to share this. This will ensure that the review process is not biased by </w:t>
       </w:r>
       <w:r w:rsidR="00E31CA0" w:rsidRPr="00314170">
         <w:t>prior</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> knowledge, and prevent possible identification of the reporters, clinicians or patients involved. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC4A5F1" w14:textId="5F1EF221" w:rsidR="00A0493C" w:rsidRPr="00314170" w:rsidRDefault="00A0493C" w:rsidP="00E31CA0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F761B98" w14:textId="16D2C15B" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc71539750"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="438" w:name="_Toc71539750"/>
+      <w:bookmarkStart w:id="439" w:name="_Toc211255564"/>
+      <w:r w:rsidRPr="00314170">
         <w:t>Organising and promoting NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> within your </w:t>
       </w:r>
       <w:r w:rsidRPr="00D6499E">
         <w:t>department</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="438"/>
+      <w:bookmarkEnd w:id="439"/>
     </w:p>
     <w:p w14:paraId="7C546DC8" w14:textId="642913AD" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">We aim to make the </w:t>
       </w:r>
       <w:r w:rsidR="00592493" w:rsidRPr="00314170">
         <w:t>LC</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B6619B" w:rsidRPr="00314170">
         <w:t>role</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> as straightforward as possible and will supply electronic resources to help local organisation and promotion of the project.</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> These will be available on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="003E7FEA">
@@ -11484,57 +11964,57 @@
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> and you can customise </w:t>
       </w:r>
       <w:r w:rsidR="002E6012" w:rsidRPr="00314170">
         <w:t xml:space="preserve">them </w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t>with you</w:t>
       </w:r>
       <w:r w:rsidR="002E6012" w:rsidRPr="00314170">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> contact details as needed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6512C53E" w14:textId="77777777" w:rsidR="004A3F34" w:rsidRPr="00314170" w:rsidRDefault="004A3F34" w:rsidP="00241CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33DB8B98" w14:textId="70D98D68" w:rsidR="00241CC6" w:rsidRPr="00314170" w:rsidRDefault="00241CC6" w:rsidP="00241CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc71539751"/>
-      <w:bookmarkStart w:id="16" w:name="_Toc211255565"/>
+      <w:bookmarkStart w:id="440" w:name="_Toc71539751"/>
+      <w:bookmarkStart w:id="441" w:name="_Toc211255565"/>
       <w:r w:rsidRPr="00314170">
         <w:t>Local organisation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="440"/>
+      <w:bookmarkEnd w:id="441"/>
     </w:p>
     <w:p w14:paraId="397E4FEE" w14:textId="0561316C" w:rsidR="00241CC6" w:rsidRPr="00314170" w:rsidRDefault="00241CC6" w:rsidP="00DB6B54">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:r w:rsidR="00592493" w:rsidRPr="00314170">
         <w:t>LC,</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A3F34" w:rsidRPr="00314170">
         <w:t>we are very grateful to you for</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> ensuring that everyone </w:t>
       </w:r>
       <w:r w:rsidR="00592493" w:rsidRPr="00314170">
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>your site is aware of their roles within NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
@@ -11967,97 +12447,97 @@
         <w:t>Electrophysiologists</w:t>
       </w:r>
       <w:r w:rsidR="0010127F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B416E5C" w14:textId="6264EACE" w:rsidR="00E40DD6" w:rsidRPr="00314170" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Clinical governance leads and medicolegal teams</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5250DCF4" w14:textId="43A0905F" w:rsidR="00C801ED" w:rsidRPr="00C801ED" w:rsidRDefault="00B52B88" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc211255566"/>
-      <w:bookmarkStart w:id="18" w:name="_Toc71539753"/>
+      <w:bookmarkStart w:id="442" w:name="_Toc211255566"/>
+      <w:bookmarkStart w:id="443" w:name="_Toc71539753"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Associate Local Co-ordinator Role for </w:t>
       </w:r>
       <w:r w:rsidR="009B0000" w:rsidRPr="00C801ED">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resident</w:t>
       </w:r>
       <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/Specialty</w:t>
       </w:r>
       <w:r w:rsidR="00DD0047">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/Locally Employed Doctor</w:t>
       </w:r>
       <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>doctor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> input</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="442"/>
     </w:p>
     <w:p w14:paraId="4637498E" w14:textId="4BB5D510" w:rsidR="00C801ED" w:rsidRPr="002F44E9" w:rsidRDefault="00C801ED" w:rsidP="00C801ED">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For the first time in a National Audit Project the steering group are recruiting resident</w:t>
       </w:r>
       <w:r w:rsidR="003C07C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">specialty </w:t>
       </w:r>
@@ -12288,58 +12768,51 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>period</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> then we suggest discuss</w:t>
       </w:r>
       <w:r w:rsidR="00E64557">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with the local co-ordinator </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">at the new hospital if </w:t>
+        <w:t xml:space="preserve"> with the local co-ordinator at the new hospital if </w:t>
       </w:r>
       <w:r w:rsidR="00E64557">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>it is possible to</w:t>
       </w:r>
       <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> continue to help</w:t>
       </w:r>
       <w:r w:rsidR="00E64557">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> there instead</w:t>
       </w:r>
       <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. The local co-ordinator at the original hospital can also fill the </w:t>
       </w:r>
@@ -12606,108 +13079,108 @@
       <w:r w:rsidR="00992978">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>team who will keep a list of all resident/specialty/LED doctors who have been involved</w:t>
       </w:r>
       <w:r w:rsidR="00C801ED" w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26C25B59" w14:textId="2E92CFB5" w:rsidR="00786DAF" w:rsidRDefault="00786DAF" w:rsidP="00831092">
       <w:r>
         <w:t>You are welcome to appoint on whatever basis you see fit but we have developed a short document with essential and desirable criteria along with a scoring system for you to use if you wish to help you shortlist if there are a lot of applications.</w:t>
       </w:r>
       <w:r w:rsidR="00E64557">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CAB057F" w14:textId="40310FA3" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc211255567"/>
+      <w:bookmarkStart w:id="444" w:name="_Toc211255567"/>
       <w:r w:rsidRPr="00D6499E">
         <w:t>Department</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> presentation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="443"/>
+      <w:bookmarkEnd w:id="444"/>
     </w:p>
     <w:p w14:paraId="2D4EEBC1" w14:textId="65644DDC" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">We suggest that </w:t>
       </w:r>
       <w:r w:rsidR="00E414ED" w:rsidRPr="00314170">
         <w:t>LCs</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> aim to promote the NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> project locally with the help of a pre-populated PowerPoint presentation that can be downloaded from the </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:anchor="pt" w:history="1">
         <w:r w:rsidR="003E7FEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NAP8 website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003E7FEA">
         <w:t xml:space="preserve"> (this will be available soon)</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6053C2C4" w14:textId="028A5B66" w:rsidR="000718CE" w:rsidRPr="00314170" w:rsidRDefault="000718CE" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc71539754"/>
-      <w:bookmarkStart w:id="21" w:name="_Toc211255568"/>
+      <w:bookmarkStart w:id="445" w:name="_Toc71539754"/>
+      <w:bookmarkStart w:id="446" w:name="_Toc211255568"/>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">Posters </w:t>
       </w:r>
       <w:r w:rsidRPr="00D6499E">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> flowcharts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="445"/>
+      <w:bookmarkEnd w:id="446"/>
     </w:p>
     <w:p w14:paraId="50367E0B" w14:textId="75065542" w:rsidR="00B9278C" w:rsidRPr="00314170" w:rsidRDefault="00C41516" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">These </w:t>
       </w:r>
       <w:r w:rsidR="00FB5833">
         <w:t>will be</w:t>
       </w:r>
       <w:r w:rsidR="00FB5833" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>provided to assist in advertising the project within your hospital, and to increase engagement and awareness amongst the perioperative team. Example locations to display these include</w:t>
       </w:r>
       <w:r w:rsidR="00B9278C" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0050235B" w:rsidRPr="00314170">
         <w:t>anaesthetic department</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0050235B" w:rsidRPr="00314170">
         <w:t xml:space="preserve">, </w:t>
@@ -12727,60 +13200,60 @@
       <w:r w:rsidR="003E7FEA">
         <w:t>, physiotherapy departments</w:t>
       </w:r>
       <w:r w:rsidR="00B9278C" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> etc. </w:t>
       </w:r>
       <w:r w:rsidR="00615E92" w:rsidRPr="00314170">
         <w:t xml:space="preserve">Posters can be found on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:anchor="pt" w:history="1">
         <w:r w:rsidR="003E7FEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NAP8 website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00615E92" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> and printed locally. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0CBEEE" w14:textId="2242539C" w:rsidR="000718CE" w:rsidRPr="00314170" w:rsidRDefault="000718CE" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc71539755"/>
-      <w:bookmarkStart w:id="23" w:name="_Toc211255569"/>
+      <w:bookmarkStart w:id="447" w:name="_Toc71539755"/>
+      <w:bookmarkStart w:id="448" w:name="_Toc211255569"/>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">Letter and email </w:t>
       </w:r>
       <w:r w:rsidRPr="00D6499E">
         <w:t>templates</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="447"/>
+      <w:bookmarkEnd w:id="448"/>
     </w:p>
     <w:p w14:paraId="7832CB27" w14:textId="4354450D" w:rsidR="000718CE" w:rsidRPr="00314170" w:rsidRDefault="00B9278C" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">1. For anaesthetic and intensive care consultants, </w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
         <w:t>resident doctors</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">, SAS </w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
         <w:t xml:space="preserve">doctors </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">and anaesthesia associates. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A62277" w14:textId="042158A4" w:rsidR="00B9278C" w:rsidRDefault="00B9278C" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">2. All </w:t>
       </w:r>
       <w:r w:rsidR="00FB5833">
         <w:t xml:space="preserve">relevant </w:t>
       </w:r>
@@ -13072,50 +13545,172 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794E5988" w14:textId="4031386B" w:rsidR="003519CF" w:rsidRPr="00314170" w:rsidRDefault="00DB6B54" w:rsidP="003519CF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CR&amp;I</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NAP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fellow</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CR&amp;I</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NAP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fellow</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CR&amp;I</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NAP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fellow</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D85D6C" w14:textId="40A3DBBA" w:rsidR="003519CF" w:rsidRPr="00314170" w:rsidRDefault="003519CF" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69313B5F" w14:textId="20BF8C52" w:rsidR="006D2A02" w:rsidRPr="00314170" w:rsidRDefault="006D2A02" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47D1CF58" w14:textId="77777777" w:rsidR="00A35877" w:rsidRPr="00314170" w:rsidRDefault="00A35877" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
@@ -13130,71 +13725,71 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10AB896F" w14:textId="77777777" w:rsidR="00E70761" w:rsidRPr="00314170" w:rsidRDefault="00E70761" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F79A40" w14:textId="4BCB466A" w:rsidR="002253D8" w:rsidRPr="00A77DFA" w:rsidRDefault="002253D8" w:rsidP="002253D8"/>
     <w:sectPr w:rsidR="002253D8" w:rsidRPr="00A77DFA" w:rsidSect="00DB6B54">
       <w:headerReference w:type="default" r:id="rId27"/>
       <w:footerReference w:type="default" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1712" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A817FDB" w14:textId="77777777" w:rsidR="00B13D26" w:rsidRDefault="00B13D26" w:rsidP="00076293">
+    <w:p w14:paraId="6C970363" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="551EF92C" w14:textId="77777777" w:rsidR="00B13D26" w:rsidRDefault="00B13D26" w:rsidP="00076293">
+    <w:p w14:paraId="12A27D76" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4FAD0CDD" w14:textId="77777777" w:rsidR="00B13D26" w:rsidRDefault="00B13D26">
+    <w:p w14:paraId="524D837C" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -13229,127 +13824,127 @@
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6A2F4409" w14:textId="069CD191" w:rsidR="00D54AE3" w:rsidRPr="00191B78" w:rsidRDefault="00D54AE3">
+  <w:p w14:paraId="6A2F4409" w14:textId="575C9079" w:rsidR="00D54AE3" w:rsidRPr="00191B78" w:rsidRDefault="00D54AE3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00191B78">
       <w:t xml:space="preserve">Local Coordinator Guide Version </w:t>
     </w:r>
-    <w:r w:rsidR="00E64557">
-      <w:t>3</w:t>
+    <w:r w:rsidR="002512FD">
+      <w:t>3.1</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00E64557">
       <w:t xml:space="preserve">October </w:t>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="00DB6B54">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004172E4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08A75CC1" w14:textId="77777777" w:rsidR="00B13D26" w:rsidRDefault="00B13D26" w:rsidP="00076293">
+    <w:p w14:paraId="21B27766" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2360A65A" w14:textId="77777777" w:rsidR="00B13D26" w:rsidRDefault="00B13D26" w:rsidP="00076293">
+    <w:p w14:paraId="1D6E99E8" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="53C7FCE7" w14:textId="77777777" w:rsidR="00B13D26" w:rsidRDefault="00B13D26">
+    <w:p w14:paraId="723070E3" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7BDB3ED7" w14:textId="5284DA41" w:rsidR="00D54AE3" w:rsidRDefault="00DB6B54">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> INCLUDEPICTURE "https://www.rcoa.ac.uk/sites/default/files/styles/body_image/public/2023-11/CRI-Logo-Long%20RGB.jpg?itok=wDNXem2m" \* MERGEFORMATINET </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -17832,50 +18427,58 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1342196971">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="598677230">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="990522508">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="952515073">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="2060739088">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1141848577">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="312376569">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Alan Macfarlane">
+    <w15:presenceInfo w15:providerId="None" w15:userId="Alan Macfarlane"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -17883,51 +18486,50 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyMzQ2NTMyNbKwNDUxNrdQ0lEKTi0uzszPAykwrgUAjAZFpiwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00076293"/>
     <w:rsid w:val="000006DF"/>
     <w:rsid w:val="00012CB5"/>
     <w:rsid w:val="000164B0"/>
     <w:rsid w:val="000165B8"/>
     <w:rsid w:val="000238F0"/>
     <w:rsid w:val="00024CBD"/>
     <w:rsid w:val="0002547D"/>
     <w:rsid w:val="00031C6D"/>
     <w:rsid w:val="0003256B"/>
     <w:rsid w:val="00032C21"/>
     <w:rsid w:val="00035F01"/>
     <w:rsid w:val="000418BE"/>
     <w:rsid w:val="000426FE"/>
     <w:rsid w:val="0004423B"/>
     <w:rsid w:val="000449D4"/>
-    <w:rsid w:val="00051456"/>
     <w:rsid w:val="00053548"/>
     <w:rsid w:val="0005445D"/>
     <w:rsid w:val="00054E1D"/>
     <w:rsid w:val="00055A7A"/>
     <w:rsid w:val="00057CE0"/>
     <w:rsid w:val="0006318B"/>
     <w:rsid w:val="00066540"/>
     <w:rsid w:val="000718CE"/>
     <w:rsid w:val="00076293"/>
     <w:rsid w:val="0007690F"/>
     <w:rsid w:val="00081E4C"/>
     <w:rsid w:val="000873B3"/>
     <w:rsid w:val="000A0842"/>
     <w:rsid w:val="000A0A2B"/>
     <w:rsid w:val="000A57E2"/>
     <w:rsid w:val="000A658F"/>
     <w:rsid w:val="000B26FA"/>
     <w:rsid w:val="000B5CC8"/>
     <w:rsid w:val="000C082E"/>
     <w:rsid w:val="000C2170"/>
     <w:rsid w:val="000C41C5"/>
     <w:rsid w:val="000C5B60"/>
     <w:rsid w:val="000C68AB"/>
     <w:rsid w:val="000D0367"/>
     <w:rsid w:val="000D3D47"/>
@@ -17942,101 +18544,105 @@
     <w:rsid w:val="0010228C"/>
     <w:rsid w:val="00102A84"/>
     <w:rsid w:val="00104063"/>
     <w:rsid w:val="00104964"/>
     <w:rsid w:val="00105DD2"/>
     <w:rsid w:val="00106583"/>
     <w:rsid w:val="00106BE0"/>
     <w:rsid w:val="001071CE"/>
     <w:rsid w:val="00113012"/>
     <w:rsid w:val="0011618F"/>
     <w:rsid w:val="00116734"/>
     <w:rsid w:val="00121CF3"/>
     <w:rsid w:val="00122371"/>
     <w:rsid w:val="00125E83"/>
     <w:rsid w:val="00131B42"/>
     <w:rsid w:val="0013584A"/>
     <w:rsid w:val="001378B0"/>
     <w:rsid w:val="00141D7E"/>
     <w:rsid w:val="00143F57"/>
     <w:rsid w:val="00150675"/>
     <w:rsid w:val="001541A0"/>
     <w:rsid w:val="0015655B"/>
     <w:rsid w:val="00161512"/>
     <w:rsid w:val="00173BFC"/>
     <w:rsid w:val="00173E22"/>
+    <w:rsid w:val="00180221"/>
     <w:rsid w:val="00185062"/>
     <w:rsid w:val="00186C19"/>
     <w:rsid w:val="00191B78"/>
     <w:rsid w:val="00193D0C"/>
     <w:rsid w:val="001A100B"/>
     <w:rsid w:val="001A16A5"/>
     <w:rsid w:val="001A3A2F"/>
     <w:rsid w:val="001A435B"/>
     <w:rsid w:val="001B0C88"/>
     <w:rsid w:val="001B1883"/>
     <w:rsid w:val="001B2CF4"/>
     <w:rsid w:val="001B439F"/>
     <w:rsid w:val="001B454E"/>
     <w:rsid w:val="001B6D16"/>
     <w:rsid w:val="001C2AED"/>
     <w:rsid w:val="001C42CA"/>
     <w:rsid w:val="001C72DF"/>
     <w:rsid w:val="001D0733"/>
     <w:rsid w:val="001D3249"/>
     <w:rsid w:val="001D4B09"/>
     <w:rsid w:val="001D7656"/>
     <w:rsid w:val="001E19B1"/>
     <w:rsid w:val="001E26AD"/>
     <w:rsid w:val="001E2917"/>
     <w:rsid w:val="001E4FB6"/>
     <w:rsid w:val="001F6012"/>
     <w:rsid w:val="001F6382"/>
     <w:rsid w:val="00201D6F"/>
     <w:rsid w:val="00204489"/>
     <w:rsid w:val="002051C3"/>
     <w:rsid w:val="00205800"/>
     <w:rsid w:val="0020624F"/>
     <w:rsid w:val="00210553"/>
     <w:rsid w:val="00210775"/>
     <w:rsid w:val="00211453"/>
     <w:rsid w:val="00211891"/>
+    <w:rsid w:val="00212067"/>
     <w:rsid w:val="002131EB"/>
     <w:rsid w:val="002178B1"/>
     <w:rsid w:val="00223552"/>
     <w:rsid w:val="002253D8"/>
     <w:rsid w:val="00225857"/>
+    <w:rsid w:val="00226ED7"/>
     <w:rsid w:val="0022790C"/>
     <w:rsid w:val="00234918"/>
     <w:rsid w:val="0023499F"/>
     <w:rsid w:val="002350E0"/>
     <w:rsid w:val="00236320"/>
     <w:rsid w:val="0023648E"/>
     <w:rsid w:val="00237AE5"/>
     <w:rsid w:val="00241CC6"/>
     <w:rsid w:val="0024508F"/>
     <w:rsid w:val="00246C9E"/>
+    <w:rsid w:val="002512FD"/>
     <w:rsid w:val="0025156B"/>
     <w:rsid w:val="0025197E"/>
     <w:rsid w:val="00251C65"/>
     <w:rsid w:val="00252FB5"/>
     <w:rsid w:val="0026008A"/>
     <w:rsid w:val="002609B8"/>
     <w:rsid w:val="00260A38"/>
     <w:rsid w:val="00261B92"/>
     <w:rsid w:val="00263C06"/>
     <w:rsid w:val="00263E70"/>
     <w:rsid w:val="002640B4"/>
     <w:rsid w:val="002656C8"/>
     <w:rsid w:val="0026612A"/>
     <w:rsid w:val="002676AE"/>
     <w:rsid w:val="00272CBA"/>
     <w:rsid w:val="00273579"/>
     <w:rsid w:val="00274131"/>
     <w:rsid w:val="00275EDC"/>
     <w:rsid w:val="00276171"/>
     <w:rsid w:val="00276ADC"/>
     <w:rsid w:val="0027737E"/>
     <w:rsid w:val="00280134"/>
     <w:rsid w:val="002815CC"/>
     <w:rsid w:val="00281E32"/>
     <w:rsid w:val="002862EB"/>
@@ -18276,51 +18882,50 @@
     <w:rsid w:val="006A31DF"/>
     <w:rsid w:val="006A4782"/>
     <w:rsid w:val="006A487A"/>
     <w:rsid w:val="006B1F3F"/>
     <w:rsid w:val="006B292E"/>
     <w:rsid w:val="006B5DBB"/>
     <w:rsid w:val="006C0775"/>
     <w:rsid w:val="006C10D8"/>
     <w:rsid w:val="006C483F"/>
     <w:rsid w:val="006C51E2"/>
     <w:rsid w:val="006C5FB4"/>
     <w:rsid w:val="006D2A02"/>
     <w:rsid w:val="006D56C6"/>
     <w:rsid w:val="006E3588"/>
     <w:rsid w:val="006E3BF7"/>
     <w:rsid w:val="006E4368"/>
     <w:rsid w:val="006F2524"/>
     <w:rsid w:val="006F4C16"/>
     <w:rsid w:val="006F707D"/>
     <w:rsid w:val="00700B9A"/>
     <w:rsid w:val="0070127D"/>
     <w:rsid w:val="00706399"/>
     <w:rsid w:val="00706C0F"/>
     <w:rsid w:val="00707726"/>
     <w:rsid w:val="0070780B"/>
-    <w:rsid w:val="00711F86"/>
     <w:rsid w:val="00716663"/>
     <w:rsid w:val="00726196"/>
     <w:rsid w:val="00727BBE"/>
     <w:rsid w:val="007313CE"/>
     <w:rsid w:val="00734633"/>
     <w:rsid w:val="00736C1F"/>
     <w:rsid w:val="00746F51"/>
     <w:rsid w:val="007508DD"/>
     <w:rsid w:val="00750FBF"/>
     <w:rsid w:val="00751589"/>
     <w:rsid w:val="007533CD"/>
     <w:rsid w:val="00756581"/>
     <w:rsid w:val="00764667"/>
     <w:rsid w:val="007737B7"/>
     <w:rsid w:val="00775A6A"/>
     <w:rsid w:val="00776488"/>
     <w:rsid w:val="00781066"/>
     <w:rsid w:val="0078143F"/>
     <w:rsid w:val="00783E7B"/>
     <w:rsid w:val="00784A36"/>
     <w:rsid w:val="00786DAF"/>
     <w:rsid w:val="00787A52"/>
     <w:rsid w:val="007918A2"/>
     <w:rsid w:val="007930DC"/>
     <w:rsid w:val="007965E0"/>
@@ -18348,50 +18953,51 @@
     <w:rsid w:val="00827AF6"/>
     <w:rsid w:val="00831092"/>
     <w:rsid w:val="008358DE"/>
     <w:rsid w:val="00836D09"/>
     <w:rsid w:val="00836FCC"/>
     <w:rsid w:val="00840E86"/>
     <w:rsid w:val="008420D1"/>
     <w:rsid w:val="00843115"/>
     <w:rsid w:val="008435B9"/>
     <w:rsid w:val="0084548F"/>
     <w:rsid w:val="00846008"/>
     <w:rsid w:val="0084724D"/>
     <w:rsid w:val="00847F4B"/>
     <w:rsid w:val="00850BA0"/>
     <w:rsid w:val="008514FF"/>
     <w:rsid w:val="00851E80"/>
     <w:rsid w:val="008520D3"/>
     <w:rsid w:val="00854386"/>
     <w:rsid w:val="00855442"/>
     <w:rsid w:val="00856F50"/>
     <w:rsid w:val="0085760C"/>
     <w:rsid w:val="00860638"/>
     <w:rsid w:val="008655DA"/>
     <w:rsid w:val="008736E4"/>
     <w:rsid w:val="008806B4"/>
+    <w:rsid w:val="00883FBB"/>
     <w:rsid w:val="00884166"/>
     <w:rsid w:val="00884F7C"/>
     <w:rsid w:val="00886AE2"/>
     <w:rsid w:val="00886E90"/>
     <w:rsid w:val="00887760"/>
     <w:rsid w:val="00887960"/>
     <w:rsid w:val="008918AF"/>
     <w:rsid w:val="00891F47"/>
     <w:rsid w:val="00892668"/>
     <w:rsid w:val="008A059E"/>
     <w:rsid w:val="008A1D33"/>
     <w:rsid w:val="008A2474"/>
     <w:rsid w:val="008A2BC4"/>
     <w:rsid w:val="008A72A3"/>
     <w:rsid w:val="008B030D"/>
     <w:rsid w:val="008B3F74"/>
     <w:rsid w:val="008B6C75"/>
     <w:rsid w:val="008B6F89"/>
     <w:rsid w:val="008C26C7"/>
     <w:rsid w:val="008C4838"/>
     <w:rsid w:val="008C71DB"/>
     <w:rsid w:val="008C757C"/>
     <w:rsid w:val="008D107C"/>
     <w:rsid w:val="008D1281"/>
     <w:rsid w:val="008D303F"/>
@@ -18426,50 +19032,51 @@
     <w:rsid w:val="00924D7E"/>
     <w:rsid w:val="00925066"/>
     <w:rsid w:val="00925124"/>
     <w:rsid w:val="009253F9"/>
     <w:rsid w:val="009258D7"/>
     <w:rsid w:val="0092609C"/>
     <w:rsid w:val="009304EF"/>
     <w:rsid w:val="00931C4E"/>
     <w:rsid w:val="00931F83"/>
     <w:rsid w:val="00933B1B"/>
     <w:rsid w:val="0093453F"/>
     <w:rsid w:val="00937EFD"/>
     <w:rsid w:val="00940F2C"/>
     <w:rsid w:val="009557CC"/>
     <w:rsid w:val="00955BD0"/>
     <w:rsid w:val="00956612"/>
     <w:rsid w:val="0095705F"/>
     <w:rsid w:val="0096023E"/>
     <w:rsid w:val="00963BD0"/>
     <w:rsid w:val="00967608"/>
     <w:rsid w:val="009704E6"/>
     <w:rsid w:val="00971D47"/>
     <w:rsid w:val="00974F60"/>
     <w:rsid w:val="00976E91"/>
     <w:rsid w:val="00977ABD"/>
+    <w:rsid w:val="00986E65"/>
     <w:rsid w:val="00987342"/>
     <w:rsid w:val="00990443"/>
     <w:rsid w:val="009919D3"/>
     <w:rsid w:val="00991D2A"/>
     <w:rsid w:val="00992978"/>
     <w:rsid w:val="009942D5"/>
     <w:rsid w:val="00996517"/>
     <w:rsid w:val="009A287F"/>
     <w:rsid w:val="009A428F"/>
     <w:rsid w:val="009A48E3"/>
     <w:rsid w:val="009A5416"/>
     <w:rsid w:val="009B0000"/>
     <w:rsid w:val="009B06BF"/>
     <w:rsid w:val="009B1B46"/>
     <w:rsid w:val="009B24C3"/>
     <w:rsid w:val="009B3E3A"/>
     <w:rsid w:val="009B449F"/>
     <w:rsid w:val="009B506D"/>
     <w:rsid w:val="009B675C"/>
     <w:rsid w:val="009B7349"/>
     <w:rsid w:val="009C1902"/>
     <w:rsid w:val="009C5C81"/>
     <w:rsid w:val="009C65FF"/>
     <w:rsid w:val="009C7C19"/>
     <w:rsid w:val="009D262D"/>
@@ -20152,51 +20759,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2110468570">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Meet-the-NAP7-Steering-Panel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/ethics/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Meet-the-NAP7-Steering-Panel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/ethics/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -20474,74 +21081,74 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E36506DA-B8AC-43D0-84E2-B42E2D37134C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>36181</Characters>
+  <Pages>3</Pages>
+  <Words>7120</Words>
+  <Characters>35958</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>406</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>1997</Lines>
+  <Paragraphs>673</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42270</CharactersWithSpaces>
+  <CharactersWithSpaces>42405</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andrew Kane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>