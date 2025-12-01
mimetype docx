--- v1 (2025-11-10)
+++ v2 (2025-12-01)
@@ -1,44 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3841DAEF" w14:textId="77777777" w:rsidR="003519CF" w:rsidRPr="00A77DFA" w:rsidRDefault="003519CF" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7368D446" w14:textId="17E2E22A" w:rsidR="00387E83" w:rsidRPr="00314170" w:rsidRDefault="003519CF" w:rsidP="003519CF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
@@ -1105,57 +1104,52 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="25CF1AE8" w14:textId="3267AB92" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:noProof/>
-          <w:kern w:val="2"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc211255569" w:history="1">
         <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Letter and email templates</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
@@ -1172,50 +1166,185 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:p w14:paraId="1C095490" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23D56423" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66E6F4D0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D76D8E6" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4947F74B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BA315D0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E15C217" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53AF165A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DC841F8" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4095D30D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FB2FE50" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="703C023D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25B3ABEE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="029AFE6B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3250F187" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EA5AF4D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58DD4EE0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39FE0336" w14:textId="60CE0E13" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3504"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="4519CD36" w14:textId="30F09763" w:rsidR="00DB6B54" w:rsidRPr="00DB6B54" w:rsidRDefault="006D2A02" w:rsidP="00DB6B54">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc211255556"/>
       <w:r w:rsidR="00DB6B54" w:rsidRPr="00DB6B54">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="7F05FF63" w14:textId="77777777" w:rsidR="00DB6B54" w:rsidRPr="00314170" w:rsidRDefault="00DB6B54" w:rsidP="00B64194">
@@ -1942,211 +2071,219 @@
       <w:r w:rsidR="00DB6B54">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>attitudes, experience and training in regional anaesthesia as well as previous experience of complications of regional anaesthesia</w:t>
       </w:r>
       <w:r w:rsidR="0063725B">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9D4CF3" w14:textId="77777777" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04FE5CBE" w14:textId="22C7C19E" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="003A21F2" w:rsidP="000165B8">
+    <w:p w14:paraId="04FE5CBE" w14:textId="40B08E46" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="003A21F2" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
-        <w:t>It will take 5-10 minutes to complete and will not require specialist knowledge.</w:t>
+        <w:t xml:space="preserve">It will take </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
+        <w:t xml:space="preserve"> minutes to complete and will not require specialist knowledge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F11922" w14:textId="77777777" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="00F97289" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="696EDFDB" w14:textId="497B43DF" w:rsidR="001D4B09" w:rsidRPr="00314170" w:rsidRDefault="00F97289" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">All responses will be anonymous and confidential. </w:t>
       </w:r>
       <w:r w:rsidR="003A21F2" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6F5349" w14:textId="77777777" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DE3C7BA" w14:textId="28CB95D0" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
+    <w:p w14:paraId="7DE3C7BA" w14:textId="289AB9B0" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>LCs will be sent a link to the online survey (</w:t>
       </w:r>
-      <w:r w:rsidR="00DB6B54">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>SmartSurvey</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FF6CB9" w:rsidRPr="00750FBF">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t xml:space="preserve">. Please </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">distribute this link to </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">all anaesthetists and anaesthesia associates </w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>in your</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> hospital(s)</w:t>
       </w:r>
-      <w:r w:rsidR="00750FBF">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>. A different link (for the same survey) will be sent to every hospital. Please also ask that this link is not shared online or with anyone else.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01E8E1D3" w14:textId="77777777" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28F98159" w14:textId="3A97A974" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="00846008">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">The survey should be completed by </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>all grades of anaesthetists and anaesthesia associates.</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="736A5EB8" w14:textId="77777777" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="00F97289" w:rsidP="00846008">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F668B57" w14:textId="69EE56CA" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="00846008">
+    <w:p w14:paraId="2F668B57" w14:textId="26E67A30" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="00846008">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">After completion of the survey, respondents will be asked to </w:t>
       </w:r>
       <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
         <w:t xml:space="preserve">send an </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">email confirming completion to their LC to enable </w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve">the LC to </w:t>
       </w:r>
       <w:r w:rsidR="00726196" w:rsidRPr="00314170">
         <w:t>track</w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> who in their department has responded</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">. We appreciate that this may be an onerous task in large departments </w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
-        <w:t xml:space="preserve"> LCs may wish to enlist the assistance of </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">to monitor who has completed the survey so that non-responders can be </w:t>
+        <w:t xml:space="preserve"> LCs may wish to enlist </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>Associate Local Co-ordinators (see later)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
+        <w:t xml:space="preserve"> to monitor who has completed the survey so that non-responders can be </w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t>reminded</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0FC4E6" w14:textId="670180D2" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="00F97289" w:rsidP="00846008">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FB7ED41" w14:textId="56C765C2" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="00F97289" w:rsidP="00846008">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>LCs will be provided with certificates that they can send to colleagues who have completed the survey.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD177EE" w14:textId="77777777" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
@@ -2181,92 +2318,95 @@
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve">which </w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t xml:space="preserve">have </w:t>
       </w:r>
       <w:r w:rsidR="004172E4">
         <w:t>attained high response rates</w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F661FCF" w14:textId="77777777" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB95307" w14:textId="5C3397FD" w:rsidR="001D4B09" w:rsidRPr="00314170" w:rsidRDefault="0063725B" w:rsidP="00DB6B54">
+    <w:p w14:paraId="1BB95307" w14:textId="2E193B15" w:rsidR="001D4B09" w:rsidRPr="00314170" w:rsidRDefault="001D4B09" w:rsidP="00DB6B54">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="426"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
+      <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">LCs will receive </w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
+      <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">link for the Baseline </w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
+      <w:r w:rsidRPr="00314170">
         <w:t>urvey</w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
+      <w:r w:rsidR="0063725B">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="0063725B">
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t>They should distribute the survey to colleagues on</w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0063725B">
         <w:t>dates provided</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00886E90">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve">as soon as possible after this. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E65BC6" w14:textId="436B154C" w:rsidR="003A21F2" w:rsidRPr="00314170" w:rsidRDefault="003A21F2" w:rsidP="00726196"/>
     <w:p w14:paraId="41AFDF54" w14:textId="70CF176D" w:rsidR="00750FBF" w:rsidRPr="00CC0199" w:rsidRDefault="172D2B96" w:rsidP="00CC0199">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
@@ -2559,50 +2699,51 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A6A66E" w14:textId="77777777" w:rsidR="00053548" w:rsidRPr="009B24C3" w:rsidRDefault="00053548" w:rsidP="003B272E">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C9DE85E" w14:textId="358FFD8F" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc71539745"/>
       <w:bookmarkStart w:id="4" w:name="_Toc211255558"/>
       <w:r w:rsidRPr="00314170">
+        <w:lastRenderedPageBreak/>
         <w:t>Individual Case Registry</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="7E707672" w14:textId="77777777" w:rsidR="00E73AED" w:rsidRPr="00314170" w:rsidRDefault="00E73AED" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A7B90FE" w14:textId="77777777" w:rsidR="00646A36" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>The individual case re</w:t>
       </w:r>
       <w:r w:rsidR="000165B8" w:rsidRPr="00314170">
         <w:t>ports</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000165B8" w:rsidRPr="00314170">
         <w:t xml:space="preserve">are </w:t>
@@ -3144,50 +3285,51 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1AFC5B" w14:textId="550D5C2A" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C95AB3E" w14:textId="007811CC" w:rsidR="00BD0B6E" w:rsidRPr="00314170" w:rsidRDefault="00BD0B6E" w:rsidP="002F0E76">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E34539E" w14:textId="7AD72FFA" w:rsidR="00314170" w:rsidRPr="00314170" w:rsidRDefault="0041454B" w:rsidP="001B6D16">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66C16744" wp14:editId="3FE5E045">
             <wp:extent cx="6645910" cy="4791710"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="600857129" name="Picture 1" descr="A blue and white diagram with white text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="600857129" name="Picture 1" descr="A blue and white diagram with white text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
@@ -3718,50 +3860,51 @@
         </w:rPr>
         <w:t>Includes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65A05B31" w14:textId="6DD61E3F" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="000A658F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We wish to capture those patients who </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">have had a regional block under the care of an anaesthetist or anaesthesia associate in the emergency department. Any regional </w:t>
       </w:r>
       <w:r w:rsidR="009942D5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">block </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>undertaken by an emergency department physician should NOT be included. There is a separate project planned with the Royal College of Emergency Medicine exploring the use of regional anaesthesia by Emergency Physicians in the Emergency Department.</w:t>
@@ -3983,4770 +4126,3954 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If the complication occurs or presents during the case registry phase but the original procedure occurred before the start of the case registry phase, PLEASE REPORT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D5EED30" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00317503">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If the procedure takes place during the registry phase but the complication occurs or presents after the end of the case registry phase, DO NOT report. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0442F54B" w14:textId="5135FBD2" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="006A4782">
+    <w:p w14:paraId="77CC6DE8" w14:textId="0A37BEC0" w:rsidR="00986E65" w:rsidRPr="00865E21" w:rsidRDefault="00317503" w:rsidP="00865E21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If in any doubt report</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77CC6DE8" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="00986E65">
+    <w:p w14:paraId="263BE8B1" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:rPr>
-          <w:ins w:id="8" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11052" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-        <w:tblPrChange w:id="9" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
-[...5 lines deleted...]
-        </w:tblPrChange>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2020"/>
         <w:gridCol w:w="3362"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2835"/>
-        <w:tblGridChange w:id="10">
-[...9 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="3AA34547" w14:textId="77777777" w:rsidTr="00986E65">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="3AA34547" w14:textId="77777777" w:rsidTr="003F2AE0">
         <w:trPr>
           <w:trHeight w:val="397"/>
-          <w:ins w:id="11" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
-[...5 lines deleted...]
-          </w:trPrChange>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcPrChange w:id="13" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
-[...7 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
           <w:p w14:paraId="78A15FF4" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
-                <w:ins w:id="14" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="15" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...9 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00986E65">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Complication</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcPrChange w:id="16" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
-[...7 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
           <w:p w14:paraId="61EB0B73" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
-                <w:ins w:id="17" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
-[...14 lines deleted...]
-            </w:ins>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E65">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Inclusion criteria</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="112325B4" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
-                <w:ins w:id="19" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcPrChange w:id="20" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
-[...7 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
           <w:p w14:paraId="0C6A2596" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
-                <w:ins w:id="21" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="22" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...9 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00986E65">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Exclusion criteria</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcPrChange w:id="23" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
-[...8 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
           <w:p w14:paraId="5F30B200" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
-                <w:ins w:id="24" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="25" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...9 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00986E65">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comments</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="0C23A2D6" w14:textId="77777777" w:rsidTr="00986E65">
-[...6 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="0C23A2D6" w14:textId="77777777" w:rsidTr="003F2AE0">
         <w:trPr>
           <w:trHeight w:val="397"/>
-          <w:ins w:id="27" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
-[...4 lines deleted...]
-          </w:trPrChange>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11052" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcPrChange w:id="29" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
-[...5 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
           <w:p w14:paraId="554385D2" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
-                <w:ins w:id="30" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A71A9F3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
-                <w:ins w:id="31" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="32" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...16 lines deleted...]
-                <w:ins w:id="33" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00986E65">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Either CNB or PNB</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15918EE5" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="40D3F0B3" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="40D3F0B3" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2AB5B2" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="35" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="004F6EA0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="36" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="37" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Wrong route drug error</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57895237" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A23FF0B" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...29 lines deleted...]
-                <w:ins w:id="41" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="0253A5B4" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Intravascular administration of a medication that was intended for perineural, intrathecal or epidural administration.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E0898FF" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AE2561B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="42" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...45 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="280DF771" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74F029ED" w14:textId="42A6628B" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Perineural, intrathecal or epidural administration of a medication that was intended to be administered by another route.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8571FE" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="47" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="3C8571FE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6672F1B7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...15 lines deleted...]
-            </w:ins>
+          <w:p w14:paraId="6672F1B7" w14:textId="3A3EC636" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NHS Never Event therefore report irrespective of whether physical or psychological harm was incurred</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="2E6C2719" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="2E6C2719" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="125E3385" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="51" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="1546D784" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="52" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="53" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Local anaesthetic systemic toxicity (LAST)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42EB2891" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="ED7D31" w:themeColor="accent2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="528025CE" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="54" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="59C6AAE2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="55" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...37 lines deleted...]
-                <w:ins w:id="57" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administration of local anaesthetic by a surgeon for anaesthesia/analgesia </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...42 lines deleted...]
-                <w:ins w:id="62" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>AND/OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> administration of local anaesthetic by an anaesthetist, by bolus or infusion for regional anaesthesia/analgesia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35968854" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AF8CB64" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-                <w:ins w:id="63" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...46 lines deleted...]
-            </w:pPr>
+              <w:t>AND EITHER</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="659FA31A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38410C50" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clinical features of moderate to severe LAST e.g. seizure, loss of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">consciousness, cardiac arrhythmia* or cardiac arrest. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32823A2C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48FE6D0C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63AA2EA3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66BDAC14" w14:textId="19726781" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Administration of lipid emulsion therapy.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="157F65BE" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...29 lines deleted...]
-                <w:ins w:id="72" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="3A6C6915" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Possible local anaesthetic toxicity which did not meet a threshold of at least moderate harm (for example patient report of circumoral tingling, tinnitus).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C0812C8" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CC57FCA" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="73" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="74" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LAST secondary to sole use of intravenous lidocaine for pain procedures or peri-operative analgesia (i.e. not in conjunction with central </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>neuraxial block, peripheral nerve block or surgical local infiltration).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FC428E6" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="60E16AA8" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="75" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="316DF5A3" w14:textId="15BE3687" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:ins w:id="76" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...33 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Topicalisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of airway for awake tracheal intubation where no airway nerve blocks have been performed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62753EC3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...15 lines deleted...]
-            </w:ins>
+          <w:p w14:paraId="62753EC3" w14:textId="7179D361" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>* Cardiac arrythmia requiring unplanned monitoring, haemodynamic instability, and/or active intervention</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="5368FA30" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="5368FA30" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58732B6C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="82" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="69AF3349" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="83" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="84" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pneumothorax</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5555BABB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54E9725F" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="85" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="014F6BE3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="86" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="87" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:ins w:id="88" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>New presence of air in the pleural cavity confirmed on radiological investigation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EEA9A50" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="89" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="90" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          </w:p>
+          <w:p w14:paraId="692EC767" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-                <w:ins w:id="91" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...14 lines deleted...]
-                <w:ins w:id="93" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42A4A5A4" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5F9405D1" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="94" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="5F9405D1" w14:textId="4B395EC3" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>New presence of air under tension in the pleural cavity requiring immediate decompression following a regional procedure with no time for radiological confirmation</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB00408" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="95" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="4CB00408" w14:textId="1B5B1431" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="96" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pneumothorax arising as an expected outcome following surgery (for example thoracic surgery) concurrent with central neuraxial or peripheral nerve blockade.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17979055" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="97" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="17979055" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="30449ECB" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="30449ECB" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="188CAF19" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="99" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="10225BDE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="100" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="101" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cardiac arrest directly due to central or peripheral regional anaesthesia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68262181" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="ED7D31" w:themeColor="accent2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E04063" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...29 lines deleted...]
-                <w:ins w:id="105" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="112B12BE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Five or more chest compressions or use of defibrillation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C7AB440" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A61E20D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="106" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...50 lines deleted...]
-                <w:ins w:id="111" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...60 lines deleted...]
-            </w:pPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2829EEA8" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BB56604" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Withdrawal of care during procedure or in recovery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29179021" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08011264" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C2B35FC" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55DBD626" w14:textId="13E87FD3" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Died during anaesthesia care</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21" w:rsidDel="00B73C99">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>or in recovery</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DB34C44" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...20 lines deleted...]
-                <w:ins w:id="119" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="1C1CED32" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cardiac arrest, withdrawal of care or died during procedure or treatment but cause not directly related to regional anaesthesia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1281AC17" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13B3AAAD" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="120" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="13B3AAAD" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="172BE0B4" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="172BE0B4" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27B8AD36" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="122" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="1CC45249" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="123" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="124" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Infection at site of central or peripheral regional anaesthesia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72D9C4C2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="ED7D31" w:themeColor="accent2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="275E4602" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...29 lines deleted...]
-                <w:ins w:id="128" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="32957A0F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Infection occurring within 30 days at or near the site of a previous peripheral nerve or central neuraxial block, either single shot or catheter, leading to localised abscess, discitis, osteomyelitis, systemic infection, or necrotising fasciitis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B786C7D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45E6C57C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="129" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...41 lines deleted...]
-                <w:ins w:id="133" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:ins w:id="134" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t xml:space="preserve">AND </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41330A3A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E1C274A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Required antibiotic therapy.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="791C2203" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="135" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...50 lines deleted...]
-                <w:ins w:id="140" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          </w:p>
+          <w:p w14:paraId="4751CF04" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="141" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...14 lines deleted...]
-                <w:ins w:id="142" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...26 lines deleted...]
-            </w:pPr>
+              <w:t>AND EITHER</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="287FA4F2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43E79F3F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Positive contributory micro-organism culture taken from either blood, abscess, or site swab. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D50ABB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33096F6B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C041A4A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CBD8E1C" w14:textId="1774C50D" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Imaging or clinical suspicion consistent with infection due to the central neuraxial or peripheral nerve block.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F019EB7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...29 lines deleted...]
-                <w:ins w:id="149" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="721FCDF1" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Insertion site inflammation or localised cellulitis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="492C793B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A33AED0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="150" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...50 lines deleted...]
-                <w:ins w:id="155" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...37 lines deleted...]
-            </w:ins>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BC64E5C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41B8EF5F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Catheter or insertion site colonisation (culture-positive perineural or epidural catheters but with no clinical evidence of site infection or requirement for antibiotic therapy).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EC3E215" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BC51FE9" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OR </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04661739" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7ED7B134" w14:textId="5B9596A2" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vertebral canal abscess and infective meningitis (reported separately).</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33B6134C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="160" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="33B6134C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="385601BD" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="385601BD" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FE79696" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="162" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="14C0B625" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="163" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="164" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anaphylaxis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3288D0FC" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45C61AE1" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="165" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="05604AA1" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="166" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="167" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:ins w:id="168" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>Life-threatening anaphylaxis* confirmed to be secondary to local anaesthetic, another drug mixed with the local anaesthetic administered during the central neuraxial or peripheral nerve block, or to skin preparation solutions for block performance**</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A1BAC86" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="169" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+          </w:p>
+          <w:p w14:paraId="53DD1B9C" w14:textId="72B666B2" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64791473" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="170" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="64791473" w14:textId="2DE647F4" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="171" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Anaphylaxis confirmed by allergen testing to be secondary to any drug used for sedation or general anaesthesia in a patient who had a concurrent central neuraxial or peripheral nerve block</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14126562" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="172" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="76631DB9" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="173" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="174" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*Unexpected severe hypotension</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53784A5A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="387780C3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="175" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="48C93A2F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="176" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...35 lines deleted...]
-                <w:ins w:id="179" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:ins w:id="180" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>AND/OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC9EE98" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Severe bronchospasm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FD32F09" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="181" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...45 lines deleted...]
-                <w:ins w:id="185" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          </w:p>
+          <w:p w14:paraId="43C042D0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="186" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...15 lines deleted...]
-                <w:ins w:id="187" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:ins w:id="188" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>AND/OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41CFF789" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="189" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="190" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:ins w:id="191" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>Swelling with actual or potential airway compromise</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625811AB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="192" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...12 lines deleted...]
-                <w:ins w:id="193" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          </w:p>
+          <w:p w14:paraId="67AAB139" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A5DCB53" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B4DED0C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cardiac arrest</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="178B9A30" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53C6E7D6" w14:textId="5012DB8C" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>**Please log the anaphylaxis in the NAP8 case registry at the time of presentation. An automatic alert will be sent at 6 months to please review the patient case notes, log in and follow instructions to record if anaphylaxis has been confirmed as being secondary to any components of the regional anaesthesia technique.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="52B21137" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="52B21137" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C7A75E9" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="195" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="58E2FCEE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="196" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="197" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Visceral or other organ injury</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210A202C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C80F820" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="198" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="170E0B6F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="199" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="200" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Inadvertent traumatic needling injury to a visceral or other organ, whether recognised at the time or afterwards.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ABBA9B0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C69720C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="201" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="2C69720C" w14:textId="7C7A4F6F" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="202" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vascular, neurological or pleural injury are separate complications and should be reported elsewhere </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6448F72C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="203" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="5E3F3164" w14:textId="16449E30" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="204" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="205" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Examples include liver capsule penetration leading to haematoma during transverse abdominis plane (TAP) blockade, bowel perforation during abdominal wall block, globe perforation during peribulbar blockade.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="4D8B59A3" w14:textId="77777777" w:rsidTr="00986E65">
-[...9 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="4D8B59A3" w14:textId="77777777" w:rsidTr="00865E21">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11052" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcPrChange w:id="208" w:author="Alan Macfarlane" w:date="2025-10-24T11:50:00Z">
-[...5 lines deleted...]
-            </w:tcPrChange>
           </w:tcPr>
-          <w:p w14:paraId="50BAC0DF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="209" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="54A7E9A6" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="27861018" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="210" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="48BB7B51" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="211" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...16 lines deleted...]
-                <w:ins w:id="212" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CNB</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D241D78" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="27323D97" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="27323D97" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75FAA245" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="214" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="5B76AF7C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="215" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="216" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>High/total/complete spinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B302C06" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7215BEDD" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...29 lines deleted...]
-                <w:ins w:id="220" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="23BFCB91" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any patient who develops a high block in association with central neuraxial anaesthesia/analgesia which is associated with requirement for ventilatory support* or cardiopulmonary resuscitation**.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FF131A7" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="330A7B15" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="221" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...36 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34209CF0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79B8C9CC" w14:textId="62316187" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Any patient who develops a high block from epidural or intrathecal spread of local anaesthetic following a peripheral nerve block</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4122A014" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="225" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="4122A014" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6863FA9A" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="226" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="4C45147F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="111111"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="227" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...41 lines deleted...]
-                <w:ins w:id="228" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="111111"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
-[...19 lines deleted...]
-            </w:ins>
+              <w:t xml:space="preserve"> Ventilatory support includes the additional use of ‘bag/mask’ ventilation, or ventilation assisted </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>by the use of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a supraglottic airway device or endotracheal tube</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11302A53" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AE157E4" w14:textId="7FD471FD" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>**Cardiopulmonary resuscitation includes the use of basic and advanced life support</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="6A973041" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="6A973041" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="509D5E1F" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="232" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="509D5E1F" w14:textId="0E217552" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="233" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Respiratory failure</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4030A121" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...29 lines deleted...]
-                <w:ins w:id="237" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="423047EA" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any patient who develops respiratory failure due to neuraxial opioids which is associated with requirement for ventilatory support* </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5143B6D2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DC975D3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="238" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...36 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>AND</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24B9E9D5" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B6BF85E" w14:textId="0B4C637A" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Neuraxial opioids either intrathecal or epidural, via either single shot or continuous catheter</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58242309" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...42 lines deleted...]
-            </w:ins>
+          <w:p w14:paraId="324610AF" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Respiratory failure secondary to high/total/complete spinal should be reported elsewhere</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44FADC72" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C12EE0D" w14:textId="66E7D734" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patients requiring supplemental oxygen or naloxone </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D4324BD" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="247" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="6737E544" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="111111"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="248" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...34 lines deleted...]
-                <w:ins w:id="249" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*Ventilatory support includes the additional use of ‘bag/mask’ ventilation, or ventilation assisted </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>by the use of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a supraglottic airway device or endotracheal tube</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23E55375" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="4A2DD716" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="4A2DD716" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="608957B6" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="251" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="608957B6" w14:textId="0C7960EC" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="252" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vertebral canal haematoma</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF6C167" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="253" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="0FF6C167" w14:textId="28A18F3C" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="254" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...7 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Confirmed new inadvertent accumulation of blood in the extra-cranial intramedullary, subdural or epidural space </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08664F8F" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...29 lines deleted...]
-                <w:ins w:id="258" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="5900B940" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Purposeful injection of blood into the epidural space performed as part of dural blood patching.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BCFBEE5" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BDB0739" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="259" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...45 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CB0D9BE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6913E774" w14:textId="3B5B9535" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vertebral canal haematoma presenting after spinal or neurological surgery and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>thought to have arisen as a surgical complication.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BA335F7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="264" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="3BA335F7" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="6AF5B4F5" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="6AF5B4F5" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FFD3115" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="266" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="59049F9D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="267" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="268" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vertebral canal abscess</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F50BF21" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07C1404A" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...20 lines deleted...]
-                <w:ins w:id="271" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="216C1E55" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Confirmed new infection within the extra-cranial intramedullary, subdural or epidural space.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BCC0E8F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5735D9" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...24 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="72B9C4FC" w14:textId="0864207D" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vertebral canal abscess presenting after spinal or neurological surgery and thought to have arisen as a surgical complication rather than from regional anaesthesia.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC6DAD3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="275" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="5BC6DAD3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="4F23A453" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="4F23A453" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0D08B3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="277" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="1C0D08B3" w14:textId="16E1BFF9" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="278" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Infective meningitis</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B138DF9" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...29 lines deleted...]
-                <w:ins w:id="282" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="6D8E7744" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Clinical or laboratory diagnosis of infective bacterial or viral meningitis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7370473C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3569C15C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...15 lines deleted...]
-            </w:ins>
+          <w:p w14:paraId="3569C15C" w14:textId="14594279" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Infective meningitis presenting after spinal or neurological surgery.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="352BA3F0" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="285" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="352BA3F0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="2AD23279" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="2AD23279" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F249DCF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="287" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="3F57E743" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="288" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="289" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Adhesive arachnoiditis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AC6E843" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC938EB" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...24 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="01995C67" w14:textId="07BD9FA0" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arachnoid inflammation, intrathecal scars and dural adhesions, identified on radiological imaging </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="737A8467" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="293" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="737A8467" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E364AF8" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="294" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="3E364AF8" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="266054B4" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="266054B4" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF2BDC6" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="296" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="0DF2BDC6" w14:textId="723BA13F" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="297" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nerve injury after central neuraxial block</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34670629" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="298" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="74A5D8A8" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="299" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="300" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:ins w:id="301" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>Spinal cord ischaemia or infarction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19759F18" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50650B26" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="302" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...55 lines deleted...]
-                <w:ins w:id="307" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-                <w:ins w:id="309" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F6989D2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4A3AFA2C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="310" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="1ED90F0A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="311" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="312" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Direct spinal cord injury</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0822ACA2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35456698" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="427DA159" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="539C3C41" w14:textId="15E6234E" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Direct radicular or other non-cord nerve injury</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC07463" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="313" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="2BC07463" w14:textId="679C60A8" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cause, agreed by local multidisciplinary clinical team to be secondary to direct surgical injury or childbirth. If in doubt report.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="113DCD97" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="314" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="113DCD97" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="75C23E34" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="75C23E34" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="509C9AB1" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="316" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="509C9AB1" w14:textId="0EC54E6C" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="317" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>‘Other’ complication not listed above</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22E74DCC" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="318" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="425E3603" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="319" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="320" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:ins w:id="321" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>Radiologically confirmed intracranial infarction or haemorrhage occurring after CNB (including but not limited to: Subdural haematoma, subarachnoid haemorrhage, intraventricular haemorrhage, cerebral venous sinus thrombosis or pituitary apoplexy).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="334AF472" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D908DB5" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="322" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...55 lines deleted...]
-                <w:ins w:id="327" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-                <w:ins w:id="329" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D993FDC" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="744BBCCA" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="330" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="4B338C00" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="331" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="332" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:ins w:id="333" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>Radiologically confirmed Posterior Reversible Encephalopathy Syndrome (PRES).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="138EB4DE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64BD6C75" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="334" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...15 lines deleted...]
-                <w:ins w:id="335" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:ins w:id="336" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51F6AD1A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="337" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="338" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          </w:p>
+          <w:p w14:paraId="7F5BAE29" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-                <w:ins w:id="339" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Cranial nerve palsy, where intracranial haemorrhage or space occupying lesion has been excluded on radiological imaging.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B35546D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47F4CB44" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1526B850" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21EACE08" w14:textId="03D6E550" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any other complication secondary to central neuraxial block not listed above </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47EECF57" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="340" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="47EECF57" w14:textId="0A744750" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="341" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Accidental dural puncture with or without epidural blood patch which does not result in any of the listed complications.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F950C8E" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="342" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="2F950C8E" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="459EF4E5" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="459EF4E5" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11052" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6034BCD0" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...11 lines deleted...]
-                <w:ins w:id="345" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="29E08235" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24F0034C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="346" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...16 lines deleted...]
-                <w:ins w:id="347" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Peripheral nerve blocks</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41647310" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="5FB92BC0" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="5FB92BC0" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E25C4FD" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="349" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="26BB3E7F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="350" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="351" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Wrong site block</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A0308E9" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="317994CF" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="352" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="204E8B97" w14:textId="18F71CF7" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="353" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="354" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>A nerve block performed on the wrong patient or the wrong site, whether local anaesthetic was injected or not.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="004DD0CA" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="355" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="004DD0CA" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="444F79F3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="356" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="38062B55" w14:textId="6A587E2E" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="357" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="358" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Never event therefore report irrespective of whether physical or psychological harm was incurred</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="6BB43FBF" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="6BB43FBF" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD056B7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="360" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="5DD056B7" w14:textId="18080679" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="361" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phrenic nerve palsy </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C9B8EE3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...20 lines deleted...]
-                <w:ins w:id="364" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="06ED03E3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Unplanned requirement for non-invasive or invasive ventilation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DBACA38" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C964DD7" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="365" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="11ECAD60" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="366" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...14 lines deleted...]
-                <w:ins w:id="367" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...27 lines deleted...]
-            </w:pPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FC3E5FC" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="309086BA" w14:textId="3FF6D79E" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Confirmed unilateral diaphragmatic weakness causing functional impairment more than 48 hours after either a single shot block or removal of a nerve catheter</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="338D6A08" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...20 lines deleted...]
-                <w:ins w:id="373" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="0C253835" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">The need for supplemental oxygen, but no requirement for non-invasive or invasive </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ventilation after regional anaesthesia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5329944A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D2ABD7C" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="374" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="7D2ABD7C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="785F82F5" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="785F82F5" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CFE6C68" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="376" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="0AEA0F04" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="377" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="378" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haemorrhage</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4791D2E2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="405400BE" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...29 lines deleted...]
-                <w:ins w:id="382" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="504EC40D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haemorrhage arising from a regional anaesthetic procedure.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78C3F804" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="110EB4BB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="383" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...41 lines deleted...]
-                <w:ins w:id="387" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...58 lines deleted...]
-                <w:ins w:id="393" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+              <w:t>AND EITHER</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C382666" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1126074D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Required treatment with blood products </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AF2CC31" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42E1F682" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...60 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4F906EFB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72FE84B2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2935A7FC" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>surgery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A7A4A0A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10770CCB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42329333" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75C30CF1" w14:textId="30C6A994" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">interventional radiological intervention. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56D482F8" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...15 lines deleted...]
-            </w:ins>
+          <w:p w14:paraId="56D482F8" w14:textId="6CCD6C99" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Haemorrhage which requires observation or conservative management only (including manual pressure). </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31B142E1" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="402" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="31B142E1" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="1DA5C9F1" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="1DA5C9F1" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="032FED50" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...16 lines deleted...]
-            </w:ins>
+          <w:p w14:paraId="032FED50" w14:textId="722786E8" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Peripheral nerve injury following peripheral nerve block</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60AFD6B9" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...24 lines deleted...]
-                <w:ins w:id="410" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="716F721B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="OLE_LINK17"/>
+            <w:bookmarkStart w:id="9" w:name="OLE_LINK18"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Unintended new abnormality in one or more modalities (sensory, motor, pain or autonomic) lasting more than 48 hours after either a single shot block or removal of a nerve catheter*</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w14:paraId="54CD6E0B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68038FFC" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...19 lines deleted...]
-            </w:ins>
+          <w:p w14:paraId="68038FFC" w14:textId="5CFEEADA" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="OLE_LINK15"/>
+            <w:bookmarkStart w:id="11" w:name="OLE_LINK16"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cause, agreed by local multidisciplinary clinical team to be secondary to direct surgical injury or childbirth. If in doubt report.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB79747" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="415" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="0E02DEFB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="416" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...112 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Abnormalities do not need to map to any </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>particular nerve</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or radicular distribution.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F310379" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="365F0CF4" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurological abnormality may be a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>change</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of function in any specific modality (e.g. in the sensory modality both unintended new loss of sensation and new paraesthesia should trigger reporting)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7780B7DE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53F94A57" w14:textId="201AA794" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*If a patient presents with a suspected </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nerve</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please log the nerve injury in the NAP8 database at the time of presentation. An automatic alert will be sent at 6 months to please review the patient case notes, log in and follow instructions. This information will be vital and will be used by the multidisciplinary review team to a) determine causality and b) to define the injury as permanent or not</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="09C4EC84" w14:textId="77777777" w:rsidTr="00986E65">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="09C4EC84" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C40F053" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="424" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="7C40F053" w14:textId="1F03FC56" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="ED7D31" w:themeColor="accent2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="425" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...8 lines deleted...]
-            </w:ins>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>‘Other’ complication not listed above</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62508ED2" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="426" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="2C10B8C8" w14:textId="0A65328B" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:ins w:id="427" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z">
-[...13 lines deleted...]
-                <w:ins w:id="428" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Any other complication secondary to peripheral nerve block not listed anywhere above </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="188D8FD3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="430" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="188D8FD3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09D349DA" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
-[...2 lines deleted...]
-                <w:ins w:id="431" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
+          <w:p w14:paraId="09D349DA" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B4A1A04" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="00986E65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:ins w:id="432" w:author="Alan Macfarlane" w:date="2025-10-24T11:45:00Z"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="526304C9" w14:textId="7D99292D" w:rsidR="006A4782" w:rsidRDefault="006A4782" w:rsidP="00E40DD6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For complications listed below that occur during the registry phase</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -8798,50 +8125,51 @@
       </w:r>
       <w:r>
         <w:t>above</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6D22">
         <w:t xml:space="preserve"> and if appropriate report in the relevant section of the case registry</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71AF2BAD" w14:textId="77777777" w:rsidR="006A4782" w:rsidRPr="00317503" w:rsidRDefault="006A4782" w:rsidP="006A4782">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Unless otherwise stated in the exclusion criteria please report all complications listed below irrespective of the level of harm that occurred to the patient. The NAP8 team will classify level of harm using the information provided during the case registry report. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682B744C" w14:textId="43A7765D" w:rsidR="006A4782" w:rsidRPr="00317503" w:rsidRDefault="006A4782" w:rsidP="006A4782">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Precise time frames have deliberately not been included to encourage reporting. Whilst some complications present immediately, others can be delayed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66196964" w14:textId="77777777" w:rsidR="006A4782" w:rsidRPr="00317503" w:rsidRDefault="006A4782" w:rsidP="006A4782">
       <w:pPr>
@@ -9666,75 +8994,93 @@
           </w:p>
           <w:p w14:paraId="50D5A228" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2EBABAEA" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA16971" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+          <w:p w14:paraId="4CA16971" w14:textId="085BE16F" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cause agreed by local multidisciplinary team to be secondary to </w:t>
             </w:r>
             <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>direct surgical injury. If unsure report.</w:t>
+              <w:t>direct surgical injury</w:t>
+            </w:r>
+            <w:r w:rsidR="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or childbirth</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0010127F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>. If unsure report.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6756E3FF" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B75A693" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -9833,50 +9179,51 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B466E40" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">For </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>example</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> brachial plexus injury following Trendelenburg position; common peroneal nerve injury following lithotomy position; ulnar nerve injury due to compression; tourniquet related injury</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4800648B" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9919,50 +9266,51 @@
               <w:t xml:space="preserve"> or radicular distribution.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="621068A6" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2A8B9028" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Neurological abnormality may be a </w:t>
             </w:r>
             <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>change</w:t>
             </w:r>
             <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of function in any specific modality (e.g. in the sensory modality both unintended new loss of sensation and new paraesthesia should trigger reporting)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47261EEE" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
@@ -10014,61 +9362,61 @@
               <w:t xml:space="preserve"> deemed appropriate by local team. Please log the nerve injury in the NAP8 database at the time of presentation. An automatic alert will be sent at 6 months to please review the patient case notes, log in and follow instructions. This information will be vital and will be used by the multidisciplinary review team to a) determine causality and b) to define the injury as permanent or not</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2433C3E9" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA7E990" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="00307896" w:rsidRDefault="00FF6D22" w:rsidP="00E40DD6"/>
     <w:p w14:paraId="6DAC63CB" w14:textId="77777777" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="007B20DE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="433" w:name="_Toc71539748"/>
-      <w:bookmarkStart w:id="434" w:name="_Toc211255561"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc71539748"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc211255561"/>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>How to report an individual case</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="433"/>
-      <w:bookmarkEnd w:id="434"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="653CF497" w14:textId="799CE970" w:rsidR="00E058C9" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="007B20DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Cases should be reported as soon as possible after a </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>complication</w:t>
       </w:r>
       <w:r w:rsidRPr="007B20DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> has occurred.</w:t>
@@ -10197,62 +9545,73 @@
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Peripheral nerve block</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="134CA8D1" w14:textId="13BA4171" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="00E058C9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Peripheral nerve injury</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C10E80B" w14:textId="77777777" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="636F08D8" w14:textId="02E8ABDA" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="002051C3">
+    <w:p w14:paraId="636F08D8" w14:textId="7A546531" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t>This will allow the NAP8 team to classify if the injury is permanent or not</w:t>
       </w:r>
       <w:r w:rsidR="002051C3" w:rsidRPr="00314170">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00641AC2" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00865E21">
+        <w:t xml:space="preserve">There will also be a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00865E21">
+        <w:t>6 month</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00865E21">
+        <w:t xml:space="preserve"> email following cases of anaphylaxis to follow up on any allergen testing results.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44BD2C3B" w14:textId="77777777" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="097D5F35" w14:textId="72ABD2A6" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="00641AC2" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">All reports will be anonymous and confidential. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29BA1C7E" w14:textId="77777777" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63E3D601" w14:textId="6768B78D" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
@@ -10574,114 +9933,115 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Clinical governance and medicolegal teams</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A5F09C" w14:textId="47F87FEF" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
       <w:r>
         <w:t xml:space="preserve">Further information and supporting material </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> provided to help with this (see later).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B19B707" w14:textId="43027AA9" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="435" w:name="_Toc71539749"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00314170">
+      <w:bookmarkStart w:id="14" w:name="_Toc71539749"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc211255562"/>
+      <w:r w:rsidRPr="00314170">
+        <w:lastRenderedPageBreak/>
         <w:t>Activity Survey</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="435"/>
-      <w:bookmarkEnd w:id="436"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="248F78B0" w14:textId="77777777" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F15B634" w14:textId="23177D62" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="004677CA" w:rsidP="007533CD">
+    <w:p w14:paraId="2F15B634" w14:textId="12BAFB12" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="004677CA" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The activity </w:t>
       </w:r>
       <w:r w:rsidR="007533CD" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">survey will be carried out during the </w:t>
       </w:r>
       <w:r w:rsidR="00281E32" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00EC03FB" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00281E32" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>month registry period</w:t>
       </w:r>
       <w:r w:rsidR="00BC2C49" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B543DD" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">likely beginning in </w:t>
+        <w:t xml:space="preserve">likely </w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>June 2026</w:t>
       </w:r>
       <w:r w:rsidR="00BC2C49" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007533CD" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. It will serve two purposes: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EFBC08E" w14:textId="77777777" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -10965,51 +10325,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C2DBB54" w14:textId="77777777" w:rsidR="00B34F56" w:rsidRPr="00314170" w:rsidRDefault="00B34F56" w:rsidP="00B34F56">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>As in previous NAPs, one activity survey entry will be completed by the anaesthetist or anaesthesia associate for each interventional procedure during the survey period at each site (general anaesthesia, regional anaesthesia, sedation or managed anaesthesia care).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="240C370C" w14:textId="77777777" w:rsidR="00F7373F" w:rsidRPr="00314170" w:rsidRDefault="00F7373F" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E4AC747" w14:textId="577BA9BE" w:rsidR="00B23429" w:rsidRPr="00314170" w:rsidRDefault="00B17F43" w:rsidP="00B23429">
+    <w:p w14:paraId="2E4AC747" w14:textId="0435720C" w:rsidR="00B23429" w:rsidRPr="00314170" w:rsidRDefault="00B17F43" w:rsidP="00B23429">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00F7373F" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="00B34F56" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00F7373F" w:rsidRPr="00314170">
@@ -11050,71 +10410,66 @@
       </w:r>
       <w:r w:rsidR="00BC2C49" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>electronic</w:t>
       </w:r>
       <w:r w:rsidR="003C6191" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ally</w:t>
       </w:r>
       <w:r w:rsidR="004A3F34" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> via</w:t>
       </w:r>
       <w:r w:rsidR="00F7373F" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B34F56" w:rsidRPr="00314170">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00865E21">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>SurveyMonkey</w:t>
-      </w:r>
+        <w:t>SmartSurvey</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0084724D" w:rsidRPr="00DF2061">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>(TBC)</w:t>
       </w:r>
       <w:r w:rsidR="00F7373F" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B23429">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">A link will be sent to the survey and each case will be recorded by completing the survey. We strongly advise that individual anaesthetists complete the link themselves as soon after the case as practically possible. This process should be aided by the LC and other assistants over the activity survey period to ensure all cases are captured. There will need to be oversight </w:t>
       </w:r>
       <w:r w:rsidR="00DD5B4E">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="00B23429">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ensure out-of-hours cases and remote site cases are captured.</w:t>
       </w:r>
@@ -11338,67 +10693,68 @@
     <w:p w14:paraId="603C699B" w14:textId="57DBDF58" w:rsidR="00A00ECD" w:rsidRPr="00314170" w:rsidRDefault="00682B3B" w:rsidP="00682B3B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="55805922" w14:textId="72D26590" w:rsidR="00024CBD" w:rsidRPr="00314170" w:rsidRDefault="00024CBD" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="437" w:name="_Toc211255563"/>
-      <w:r w:rsidRPr="00314170">
+      <w:bookmarkStart w:id="16" w:name="_Toc211255563"/>
+      <w:r w:rsidRPr="00314170">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Regulatory approvals, </w:t>
       </w:r>
       <w:r w:rsidR="00644F08" w:rsidRPr="00314170">
         <w:t xml:space="preserve">data </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>security</w:t>
       </w:r>
       <w:r w:rsidR="00644F08" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00644F08" w:rsidRPr="00D6499E">
         <w:t>confidentiality</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="437"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="6C62972A" w14:textId="788E5AA4" w:rsidR="00DB6B54" w:rsidRPr="00314170" w:rsidRDefault="008A1D33" w:rsidP="00DB6B54">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="004A3F34" w:rsidRPr="00314170">
         <w:t>NAPs</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> are </w:t>
       </w:r>
       <w:r w:rsidR="000A0A2B" w:rsidRPr="00314170">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">clinical </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>service evaluations</w:t>
       </w:r>
@@ -11460,122 +10816,117 @@
       </w:hyperlink>
       <w:r w:rsidR="00DB6B54" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> and the algorithm </w:t>
       </w:r>
       <w:r w:rsidR="00201D6F">
         <w:t>‘</w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00DB6B54" w:rsidRPr="00314170">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Does my project require review by a Research Ethics Committee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DB6B54" w:rsidRPr="00314170">
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00201D6F">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>). This has also been confirmed by review of the protocol and discussions with the chair of the West of Scotland Research and Ethics Committee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA2D76D" w14:textId="707F6313" w:rsidR="00EE03B4" w:rsidRPr="00314170" w:rsidRDefault="00AC671F" w:rsidP="00024CBD">
+    <w:p w14:paraId="6CA2D76D" w14:textId="6167C592" w:rsidR="00EE03B4" w:rsidRPr="00314170" w:rsidRDefault="00AC671F" w:rsidP="00024CBD">
       <w:r w:rsidRPr="00314170">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="008A1D33" w:rsidRPr="00314170">
         <w:t>n a local level</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A3F34" w:rsidRPr="00314170">
         <w:t>Caldicott guardian</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve"> approval will be required for each site in England, Scotland and Wales. We will seek assistance from each LC in identifying the Caldicott guardian in each trust/health board but the NAP8 team will make the application on your behalf. </w:t>
       </w:r>
       <w:r w:rsidR="00F913A5">
         <w:t>Discussions with the Information Governance lead of the Department of Health in</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve"> Northern Ireland </w:t>
       </w:r>
-      <w:r w:rsidR="00F913A5">
-        <w:t>are underway</w:t>
+      <w:r w:rsidR="00865E21">
+        <w:t>have taken place and we</w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
-        <w:t xml:space="preserve">. We hope thereafter this will result in approval for all trusts in </w:t>
+        <w:t xml:space="preserve"> hope thereafter this will result in approval for all trusts in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003A0FC9">
         <w:t>Northerin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003A0FC9">
         <w:t xml:space="preserve"> Ireland to take part. </w:t>
       </w:r>
       <w:r w:rsidR="00F913A5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F03C33" w14:textId="2E3FEDF9" w:rsidR="006F2524" w:rsidRDefault="00DB6B54" w:rsidP="006F2524">
+    <w:p w14:paraId="37F03C33" w14:textId="65C429FE" w:rsidR="006F2524" w:rsidRDefault="00DB6B54" w:rsidP="006F2524">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ireland</w:t>
       </w:r>
       <w:r w:rsidR="006F2524">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>are</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> taking part in NAP8 </w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
-        <w:t>and we are currently seeking approval from the</w:t>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00865E21">
+        <w:t>the project has been approved by</w:t>
       </w:r>
       <w:r w:rsidR="006F2524">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r>
         <w:t>National Centre for Clinical Audit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16423803" w14:textId="2B0FE647" w:rsidR="006F2524" w:rsidRDefault="006F2524" w:rsidP="006F2524">
       <w:r>
         <w:t>All members of the NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:anchor="pt" w:history="1">
         <w:r w:rsidRPr="00EF0279">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>panel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> have undergone information governance training in line with these regulatory bodies. </w:t>
@@ -11891,66 +11242,67 @@
       </w:r>
       <w:r w:rsidR="00977ABD">
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">not permitted to discuss the details of cases outside of the review meetings. Further, if they feel they can connect the case they are reviewing with knowledge from outside the review process they are not permitted to share this. This will ensure that the review process is not biased by </w:t>
       </w:r>
       <w:r w:rsidR="00E31CA0" w:rsidRPr="00314170">
         <w:t>prior</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> knowledge, and prevent possible identification of the reporters, clinicians or patients involved. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC4A5F1" w14:textId="5F1EF221" w:rsidR="00A0493C" w:rsidRPr="00314170" w:rsidRDefault="00A0493C" w:rsidP="00E31CA0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F761B98" w14:textId="16D2C15B" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="438" w:name="_Toc71539750"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00314170">
+      <w:bookmarkStart w:id="17" w:name="_Toc71539750"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc211255564"/>
+      <w:r w:rsidRPr="00314170">
+        <w:lastRenderedPageBreak/>
         <w:t>Organising and promoting NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> within your </w:t>
       </w:r>
       <w:r w:rsidRPr="00D6499E">
         <w:t>department</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="438"/>
-      <w:bookmarkEnd w:id="439"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="7C546DC8" w14:textId="642913AD" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">We aim to make the </w:t>
       </w:r>
       <w:r w:rsidR="00592493" w:rsidRPr="00314170">
         <w:t>LC</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B6619B" w:rsidRPr="00314170">
         <w:t>role</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> as straightforward as possible and will supply electronic resources to help local organisation and promotion of the project.</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> These will be available on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="003E7FEA">
@@ -11964,57 +11316,57 @@
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> and you can customise </w:t>
       </w:r>
       <w:r w:rsidR="002E6012" w:rsidRPr="00314170">
         <w:t xml:space="preserve">them </w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t>with you</w:t>
       </w:r>
       <w:r w:rsidR="002E6012" w:rsidRPr="00314170">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> contact details as needed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6512C53E" w14:textId="77777777" w:rsidR="004A3F34" w:rsidRPr="00314170" w:rsidRDefault="004A3F34" w:rsidP="00241CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33DB8B98" w14:textId="70D98D68" w:rsidR="00241CC6" w:rsidRPr="00314170" w:rsidRDefault="00241CC6" w:rsidP="00241CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="440" w:name="_Toc71539751"/>
-      <w:bookmarkStart w:id="441" w:name="_Toc211255565"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc71539751"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc211255565"/>
       <w:r w:rsidRPr="00314170">
         <w:t>Local organisation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="440"/>
-      <w:bookmarkEnd w:id="441"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="397E4FEE" w14:textId="0561316C" w:rsidR="00241CC6" w:rsidRPr="00314170" w:rsidRDefault="00241CC6" w:rsidP="00DB6B54">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:r w:rsidR="00592493" w:rsidRPr="00314170">
         <w:t>LC,</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A3F34" w:rsidRPr="00314170">
         <w:t>we are very grateful to you for</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> ensuring that everyone </w:t>
       </w:r>
       <w:r w:rsidR="00592493" w:rsidRPr="00314170">
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>your site is aware of their roles within NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
@@ -12447,198 +11799,347 @@
         <w:t>Electrophysiologists</w:t>
       </w:r>
       <w:r w:rsidR="0010127F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B416E5C" w14:textId="6264EACE" w:rsidR="00E40DD6" w:rsidRPr="00314170" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Clinical governance leads and medicolegal teams</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5250DCF4" w14:textId="43A0905F" w:rsidR="00C801ED" w:rsidRPr="00C801ED" w:rsidRDefault="00B52B88" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="442" w:name="_Toc211255566"/>
-      <w:bookmarkStart w:id="443" w:name="_Toc71539753"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc211255566"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc71539753"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Associate Local Co-ordinator Role for </w:t>
       </w:r>
       <w:r w:rsidR="009B0000" w:rsidRPr="00C801ED">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resident</w:t>
       </w:r>
       <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/Specialty</w:t>
       </w:r>
       <w:r w:rsidR="00DD0047">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/Locally Employed Doctor</w:t>
       </w:r>
       <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>doctor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> input</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="442"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="4637498E" w14:textId="4BB5D510" w:rsidR="00C801ED" w:rsidRPr="002F44E9" w:rsidRDefault="00C801ED" w:rsidP="00C801ED">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For the first time in a National Audit Project the steering group are recruiting resident</w:t>
       </w:r>
       <w:r w:rsidR="003C07C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">specialty </w:t>
       </w:r>
       <w:r w:rsidR="003C07C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">or locally employed </w:t>
       </w:r>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">doctors to work alongside the Local Coordinator to assist with all aspects of the project including the baseline survey, activity survey and case reporting. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E916DF8" w14:textId="74EB8412" w:rsidR="00C801ED" w:rsidRPr="002F44E9" w:rsidRDefault="00C801ED" w:rsidP="00C801ED">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="03D04285" w14:textId="73953937" w:rsidR="00E57E41" w:rsidRDefault="00C801ED" w:rsidP="00C801ED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>This scheme is open to any resident doctor in stage 2 or stage 3 training in a UK anaesthetic training scheme (or at an equivalent level if following a portfolio pathway scheme)</w:t>
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3EAB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> scheme </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is aimed at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any resident doctor in stage 2 or stage 3 training in a UK anaesthetic training scheme (or at an equivalent level if following a portfolio pathway scheme)</w:t>
       </w:r>
       <w:r w:rsidR="00DD0047">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or any specialty or locally employed doctor with a minimum of three </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DD0047">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>years experience</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DD0047">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in anaesthetics</w:t>
       </w:r>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In Ireland the position is open to doctors either who are at the level of SAT3 or above or who have two or more </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>years experience</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and both parts of the MCAI. </w:t>
       </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In both the UK and Ireland m</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41" w:rsidRPr="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ore junior resident</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s, specialty or </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41" w:rsidRPr="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>locally employe</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41" w:rsidRPr="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">doctors may </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">however </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41" w:rsidRPr="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>be considered if the LC feels this is appropriate depending on local circumstances</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E916DF8" w14:textId="1F2B1ECB" w:rsidR="00C801ED" w:rsidRPr="002F44E9" w:rsidRDefault="00C801ED" w:rsidP="00C801ED">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The scheme is aimed at anaesthetists who do not primarily work in research but want to gain research experience in a national study. </w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3EAB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>role</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>designed for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anaesthetists who do not primarily work in research but want to gain research experience in a national study. </w:t>
       </w:r>
       <w:r w:rsidR="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tudent</w:t>
       </w:r>
       <w:r w:rsidR="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
@@ -12698,51 +12199,58 @@
         </w:rPr>
         <w:t>We would expect a</w:t>
       </w:r>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pplicants </w:t>
       </w:r>
       <w:r w:rsidR="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="002F44E9" w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>be willing to make a significant contribution to the conduct and delivery of NAP8 at a local level over a period of 12-18 months. Experience in regional anaesthesia would be advantageous but not essential.</w:t>
+        <w:t xml:space="preserve">be willing to make a significant contribution to the conduct and delivery of NAP8 at a local level over a period of 12-18 months. Experience in regional anaesthesia would be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>advantageous but not essential.</w:t>
       </w:r>
       <w:r w:rsidR="00DD0047">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ideally applicants would be based at the same hospital over the duration of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DD0047">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>project</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003C07C8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> but we appreciate this may not always be possible</w:t>
       </w:r>
       <w:r w:rsidR="00DD0047">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -13079,108 +12587,108 @@
       <w:r w:rsidR="00992978">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>team who will keep a list of all resident/specialty/LED doctors who have been involved</w:t>
       </w:r>
       <w:r w:rsidR="00C801ED" w:rsidRPr="002F44E9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26C25B59" w14:textId="2E92CFB5" w:rsidR="00786DAF" w:rsidRDefault="00786DAF" w:rsidP="00831092">
       <w:r>
         <w:t>You are welcome to appoint on whatever basis you see fit but we have developed a short document with essential and desirable criteria along with a scoring system for you to use if you wish to help you shortlist if there are a lot of applications.</w:t>
       </w:r>
       <w:r w:rsidR="00E64557">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CAB057F" w14:textId="40310FA3" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="444" w:name="_Toc211255567"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc211255567"/>
       <w:r w:rsidRPr="00D6499E">
         <w:t>Department</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> presentation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="443"/>
-      <w:bookmarkEnd w:id="444"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="2D4EEBC1" w14:textId="65644DDC" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">We suggest that </w:t>
       </w:r>
       <w:r w:rsidR="00E414ED" w:rsidRPr="00314170">
         <w:t>LCs</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> aim to promote the NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> project locally with the help of a pre-populated PowerPoint presentation that can be downloaded from the </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:anchor="pt" w:history="1">
         <w:r w:rsidR="003E7FEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NAP8 website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003E7FEA">
         <w:t xml:space="preserve"> (this will be available soon)</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6053C2C4" w14:textId="028A5B66" w:rsidR="000718CE" w:rsidRPr="00314170" w:rsidRDefault="000718CE" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="445" w:name="_Toc71539754"/>
-      <w:bookmarkStart w:id="446" w:name="_Toc211255568"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc71539754"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc211255568"/>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">Posters </w:t>
       </w:r>
       <w:r w:rsidRPr="00D6499E">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> flowcharts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="445"/>
-      <w:bookmarkEnd w:id="446"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="50367E0B" w14:textId="75065542" w:rsidR="00B9278C" w:rsidRPr="00314170" w:rsidRDefault="00C41516" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">These </w:t>
       </w:r>
       <w:r w:rsidR="00FB5833">
         <w:t>will be</w:t>
       </w:r>
       <w:r w:rsidR="00FB5833" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>provided to assist in advertising the project within your hospital, and to increase engagement and awareness amongst the perioperative team. Example locations to display these include</w:t>
       </w:r>
       <w:r w:rsidR="00B9278C" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0050235B" w:rsidRPr="00314170">
         <w:t>anaesthetic department</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0050235B" w:rsidRPr="00314170">
         <w:t xml:space="preserve">, </w:t>
@@ -13200,60 +12708,60 @@
       <w:r w:rsidR="003E7FEA">
         <w:t>, physiotherapy departments</w:t>
       </w:r>
       <w:r w:rsidR="00B9278C" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> etc. </w:t>
       </w:r>
       <w:r w:rsidR="00615E92" w:rsidRPr="00314170">
         <w:t xml:space="preserve">Posters can be found on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:anchor="pt" w:history="1">
         <w:r w:rsidR="003E7FEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NAP8 website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00615E92" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> and printed locally. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0CBEEE" w14:textId="2242539C" w:rsidR="000718CE" w:rsidRPr="00314170" w:rsidRDefault="000718CE" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="447" w:name="_Toc71539755"/>
-      <w:bookmarkStart w:id="448" w:name="_Toc211255569"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc71539755"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc211255569"/>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">Letter and email </w:t>
       </w:r>
       <w:r w:rsidRPr="00D6499E">
         <w:t>templates</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="447"/>
-      <w:bookmarkEnd w:id="448"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="7832CB27" w14:textId="4354450D" w:rsidR="000718CE" w:rsidRPr="00314170" w:rsidRDefault="00B9278C" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">1. For anaesthetic and intensive care consultants, </w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
         <w:t>resident doctors</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">, SAS </w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
         <w:t xml:space="preserve">doctors </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">and anaesthesia associates. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A62277" w14:textId="042158A4" w:rsidR="00B9278C" w:rsidRDefault="00B9278C" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">2. All </w:t>
       </w:r>
       <w:r w:rsidR="00FB5833">
         <w:t xml:space="preserve">relevant </w:t>
       </w:r>
@@ -13561,50 +13069,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="794E5988" w14:textId="4031386B" w:rsidR="003519CF" w:rsidRPr="00314170" w:rsidRDefault="00DB6B54" w:rsidP="003519CF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>CR&amp;I</w:t>
       </w:r>
       <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> NAP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Fellow</w:t>
       </w:r>
       <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
         <w:rPr>
@@ -13725,226 +13234,232 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10AB896F" w14:textId="77777777" w:rsidR="00E70761" w:rsidRPr="00314170" w:rsidRDefault="00E70761" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F79A40" w14:textId="4BCB466A" w:rsidR="002253D8" w:rsidRPr="00A77DFA" w:rsidRDefault="002253D8" w:rsidP="002253D8"/>
     <w:sectPr w:rsidR="002253D8" w:rsidRPr="00A77DFA" w:rsidSect="00DB6B54">
       <w:headerReference w:type="default" r:id="rId27"/>
       <w:footerReference w:type="default" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1712" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C970363" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB" w:rsidP="00076293">
+    <w:p w14:paraId="04ED3FAE" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12A27D76" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB" w:rsidP="00076293">
+    <w:p w14:paraId="42DD3A6B" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="524D837C" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB">
+    <w:p w14:paraId="553E583D" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6A2F4409" w14:textId="575C9079" w:rsidR="00D54AE3" w:rsidRPr="00191B78" w:rsidRDefault="00D54AE3">
+  <w:p w14:paraId="6A2F4409" w14:textId="17DBFC1E" w:rsidR="00D54AE3" w:rsidRPr="00191B78" w:rsidRDefault="00D54AE3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00191B78">
       <w:t xml:space="preserve">Local Coordinator Guide Version </w:t>
     </w:r>
     <w:r w:rsidR="002512FD">
-      <w:t>3.1</w:t>
+      <w:t>3.</w:t>
+    </w:r>
+    <w:r w:rsidR="00865E21">
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:r w:rsidR="00865E21">
+      <w:t>November</w:t>
+    </w:r>
     <w:r w:rsidR="00E64557">
-      <w:t xml:space="preserve">October </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="00DB6B54">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004172E4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21B27766" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB" w:rsidP="00076293">
+    <w:p w14:paraId="78A7CCE9" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D6E99E8" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB" w:rsidP="00076293">
+    <w:p w14:paraId="67F1D87E" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="723070E3" w14:textId="77777777" w:rsidR="00883FBB" w:rsidRDefault="00883FBB">
+    <w:p w14:paraId="00E11082" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7BDB3ED7" w14:textId="5284DA41" w:rsidR="00D54AE3" w:rsidRDefault="00DB6B54">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> INCLUDEPICTURE "https://www.rcoa.ac.uk/sites/default/files/styles/body_image/public/2023-11/CRI-Logo-Long%20RGB.jpg?itok=wDNXem2m" \* MERGEFORMATINET </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -18427,65 +17942,56 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1342196971">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="598677230">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="990522508">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="952515073">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="2060739088">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1141848577">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="312376569">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="125"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
@@ -18517,115 +18023,114 @@
     <w:rsid w:val="00066540"/>
     <w:rsid w:val="000718CE"/>
     <w:rsid w:val="00076293"/>
     <w:rsid w:val="0007690F"/>
     <w:rsid w:val="00081E4C"/>
     <w:rsid w:val="000873B3"/>
     <w:rsid w:val="000A0842"/>
     <w:rsid w:val="000A0A2B"/>
     <w:rsid w:val="000A57E2"/>
     <w:rsid w:val="000A658F"/>
     <w:rsid w:val="000B26FA"/>
     <w:rsid w:val="000B5CC8"/>
     <w:rsid w:val="000C082E"/>
     <w:rsid w:val="000C2170"/>
     <w:rsid w:val="000C41C5"/>
     <w:rsid w:val="000C5B60"/>
     <w:rsid w:val="000C68AB"/>
     <w:rsid w:val="000D0367"/>
     <w:rsid w:val="000D3D47"/>
     <w:rsid w:val="000D4232"/>
     <w:rsid w:val="000D7294"/>
     <w:rsid w:val="000E02E9"/>
     <w:rsid w:val="000E158C"/>
     <w:rsid w:val="000E1B2C"/>
     <w:rsid w:val="000E2781"/>
+    <w:rsid w:val="000E3EAB"/>
     <w:rsid w:val="000F081B"/>
     <w:rsid w:val="0010127F"/>
     <w:rsid w:val="0010228C"/>
     <w:rsid w:val="00102A84"/>
     <w:rsid w:val="00104063"/>
     <w:rsid w:val="00104964"/>
     <w:rsid w:val="00105DD2"/>
     <w:rsid w:val="00106583"/>
     <w:rsid w:val="00106BE0"/>
     <w:rsid w:val="001071CE"/>
     <w:rsid w:val="00113012"/>
     <w:rsid w:val="0011618F"/>
     <w:rsid w:val="00116734"/>
     <w:rsid w:val="00121CF3"/>
     <w:rsid w:val="00122371"/>
     <w:rsid w:val="00125E83"/>
     <w:rsid w:val="00131B42"/>
     <w:rsid w:val="0013584A"/>
     <w:rsid w:val="001378B0"/>
     <w:rsid w:val="00141D7E"/>
     <w:rsid w:val="00143F57"/>
     <w:rsid w:val="00150675"/>
     <w:rsid w:val="001541A0"/>
     <w:rsid w:val="0015655B"/>
     <w:rsid w:val="00161512"/>
     <w:rsid w:val="00173BFC"/>
     <w:rsid w:val="00173E22"/>
-    <w:rsid w:val="00180221"/>
     <w:rsid w:val="00185062"/>
     <w:rsid w:val="00186C19"/>
     <w:rsid w:val="00191B78"/>
     <w:rsid w:val="00193D0C"/>
     <w:rsid w:val="001A100B"/>
     <w:rsid w:val="001A16A5"/>
     <w:rsid w:val="001A3A2F"/>
     <w:rsid w:val="001A435B"/>
     <w:rsid w:val="001B0C88"/>
     <w:rsid w:val="001B1883"/>
     <w:rsid w:val="001B2CF4"/>
     <w:rsid w:val="001B439F"/>
     <w:rsid w:val="001B454E"/>
     <w:rsid w:val="001B6D16"/>
     <w:rsid w:val="001C2AED"/>
     <w:rsid w:val="001C42CA"/>
     <w:rsid w:val="001C72DF"/>
     <w:rsid w:val="001D0733"/>
     <w:rsid w:val="001D3249"/>
     <w:rsid w:val="001D4B09"/>
     <w:rsid w:val="001D7656"/>
     <w:rsid w:val="001E19B1"/>
     <w:rsid w:val="001E26AD"/>
     <w:rsid w:val="001E2917"/>
     <w:rsid w:val="001E4FB6"/>
     <w:rsid w:val="001F6012"/>
     <w:rsid w:val="001F6382"/>
     <w:rsid w:val="00201D6F"/>
     <w:rsid w:val="00204489"/>
     <w:rsid w:val="002051C3"/>
     <w:rsid w:val="00205800"/>
     <w:rsid w:val="0020624F"/>
     <w:rsid w:val="00210553"/>
     <w:rsid w:val="00210775"/>
     <w:rsid w:val="00211453"/>
     <w:rsid w:val="00211891"/>
-    <w:rsid w:val="00212067"/>
     <w:rsid w:val="002131EB"/>
     <w:rsid w:val="002178B1"/>
     <w:rsid w:val="00223552"/>
     <w:rsid w:val="002253D8"/>
     <w:rsid w:val="00225857"/>
     <w:rsid w:val="00226ED7"/>
     <w:rsid w:val="0022790C"/>
     <w:rsid w:val="00234918"/>
     <w:rsid w:val="0023499F"/>
     <w:rsid w:val="002350E0"/>
     <w:rsid w:val="00236320"/>
     <w:rsid w:val="0023648E"/>
     <w:rsid w:val="00237AE5"/>
     <w:rsid w:val="00241CC6"/>
     <w:rsid w:val="0024508F"/>
     <w:rsid w:val="00246C9E"/>
     <w:rsid w:val="002512FD"/>
     <w:rsid w:val="0025156B"/>
     <w:rsid w:val="0025197E"/>
     <w:rsid w:val="00251C65"/>
     <w:rsid w:val="00252FB5"/>
     <w:rsid w:val="0026008A"/>
     <w:rsid w:val="002609B8"/>
     <w:rsid w:val="00260A38"/>
     <w:rsid w:val="00261B92"/>
@@ -18706,90 +18211,92 @@
     <w:rsid w:val="003957C8"/>
     <w:rsid w:val="003A0FC9"/>
     <w:rsid w:val="003A21F2"/>
     <w:rsid w:val="003A582A"/>
     <w:rsid w:val="003A6BB0"/>
     <w:rsid w:val="003A7A01"/>
     <w:rsid w:val="003B272E"/>
     <w:rsid w:val="003B4DC2"/>
     <w:rsid w:val="003B6539"/>
     <w:rsid w:val="003B7B7E"/>
     <w:rsid w:val="003C07C8"/>
     <w:rsid w:val="003C1ED2"/>
     <w:rsid w:val="003C6191"/>
     <w:rsid w:val="003D5A75"/>
     <w:rsid w:val="003D7AD9"/>
     <w:rsid w:val="003D7BFA"/>
     <w:rsid w:val="003E0C98"/>
     <w:rsid w:val="003E2A5B"/>
     <w:rsid w:val="003E4F3D"/>
     <w:rsid w:val="003E57DF"/>
     <w:rsid w:val="003E67E9"/>
     <w:rsid w:val="003E7FEA"/>
     <w:rsid w:val="003F0916"/>
     <w:rsid w:val="003F0E38"/>
     <w:rsid w:val="003F2978"/>
+    <w:rsid w:val="003F2AE0"/>
     <w:rsid w:val="003F5C6E"/>
     <w:rsid w:val="003F75EF"/>
     <w:rsid w:val="00404E4C"/>
     <w:rsid w:val="00405394"/>
     <w:rsid w:val="00410967"/>
     <w:rsid w:val="0041454B"/>
     <w:rsid w:val="004149FF"/>
     <w:rsid w:val="00414BFA"/>
     <w:rsid w:val="00415550"/>
     <w:rsid w:val="0041555B"/>
     <w:rsid w:val="00415A18"/>
     <w:rsid w:val="004172E4"/>
     <w:rsid w:val="00423171"/>
     <w:rsid w:val="00423E7F"/>
     <w:rsid w:val="00431D3F"/>
     <w:rsid w:val="004330DD"/>
     <w:rsid w:val="004335DE"/>
     <w:rsid w:val="00435DF8"/>
     <w:rsid w:val="0043608E"/>
     <w:rsid w:val="00440170"/>
     <w:rsid w:val="00442B66"/>
     <w:rsid w:val="00444397"/>
     <w:rsid w:val="004465BE"/>
     <w:rsid w:val="004475C7"/>
     <w:rsid w:val="00450FDD"/>
     <w:rsid w:val="00451685"/>
     <w:rsid w:val="00451E50"/>
     <w:rsid w:val="004557D6"/>
     <w:rsid w:val="00455C73"/>
     <w:rsid w:val="00456468"/>
     <w:rsid w:val="004603D7"/>
     <w:rsid w:val="0046662C"/>
     <w:rsid w:val="004677CA"/>
     <w:rsid w:val="00471244"/>
     <w:rsid w:val="0047505C"/>
     <w:rsid w:val="00475A8A"/>
     <w:rsid w:val="004837EC"/>
     <w:rsid w:val="00484175"/>
     <w:rsid w:val="00495541"/>
     <w:rsid w:val="0049626A"/>
+    <w:rsid w:val="00497774"/>
     <w:rsid w:val="004A1603"/>
     <w:rsid w:val="004A19FF"/>
     <w:rsid w:val="004A1CFF"/>
     <w:rsid w:val="004A3F34"/>
     <w:rsid w:val="004A48B6"/>
     <w:rsid w:val="004A48CB"/>
     <w:rsid w:val="004A6FD5"/>
     <w:rsid w:val="004A7586"/>
     <w:rsid w:val="004B1929"/>
     <w:rsid w:val="004B2837"/>
     <w:rsid w:val="004B4B85"/>
     <w:rsid w:val="004B75C0"/>
     <w:rsid w:val="004C54AB"/>
     <w:rsid w:val="004C69ED"/>
     <w:rsid w:val="004C6F2D"/>
     <w:rsid w:val="004D07E9"/>
     <w:rsid w:val="004D1F19"/>
     <w:rsid w:val="004D341B"/>
     <w:rsid w:val="004D6D3C"/>
     <w:rsid w:val="004E2AAA"/>
     <w:rsid w:val="004E2EEA"/>
     <w:rsid w:val="004E5305"/>
     <w:rsid w:val="004E7489"/>
     <w:rsid w:val="004F102D"/>
     <w:rsid w:val="004F453E"/>
@@ -18817,50 +18324,51 @@
     <w:rsid w:val="00571060"/>
     <w:rsid w:val="00581191"/>
     <w:rsid w:val="0058178D"/>
     <w:rsid w:val="00587780"/>
     <w:rsid w:val="00590ECA"/>
     <w:rsid w:val="00592097"/>
     <w:rsid w:val="00592493"/>
     <w:rsid w:val="005928E5"/>
     <w:rsid w:val="005947BD"/>
     <w:rsid w:val="00594FCA"/>
     <w:rsid w:val="00595FF5"/>
     <w:rsid w:val="005A33E8"/>
     <w:rsid w:val="005A443C"/>
     <w:rsid w:val="005A6848"/>
     <w:rsid w:val="005A7E48"/>
     <w:rsid w:val="005B1AEC"/>
     <w:rsid w:val="005B2EAD"/>
     <w:rsid w:val="005B34DE"/>
     <w:rsid w:val="005B500F"/>
     <w:rsid w:val="005B79EB"/>
     <w:rsid w:val="005C0D09"/>
     <w:rsid w:val="005C514A"/>
     <w:rsid w:val="005C780E"/>
     <w:rsid w:val="005D319D"/>
     <w:rsid w:val="005D395E"/>
+    <w:rsid w:val="005E1828"/>
     <w:rsid w:val="005E3257"/>
     <w:rsid w:val="005F0802"/>
     <w:rsid w:val="005F3101"/>
     <w:rsid w:val="005F4916"/>
     <w:rsid w:val="006053B9"/>
     <w:rsid w:val="00615E92"/>
     <w:rsid w:val="00615EEC"/>
     <w:rsid w:val="00617E35"/>
     <w:rsid w:val="00620E9C"/>
     <w:rsid w:val="00625DD1"/>
     <w:rsid w:val="006275AB"/>
     <w:rsid w:val="00634F34"/>
     <w:rsid w:val="0063725B"/>
     <w:rsid w:val="00641AC2"/>
     <w:rsid w:val="00643E9C"/>
     <w:rsid w:val="00644F08"/>
     <w:rsid w:val="00645CCE"/>
     <w:rsid w:val="00646A36"/>
     <w:rsid w:val="00646B50"/>
     <w:rsid w:val="00646FD2"/>
     <w:rsid w:val="00652735"/>
     <w:rsid w:val="006541F9"/>
     <w:rsid w:val="00656484"/>
     <w:rsid w:val="006569C2"/>
     <w:rsid w:val="00665F39"/>
@@ -18951,50 +18459,51 @@
     <w:rsid w:val="00824A7A"/>
     <w:rsid w:val="0082775C"/>
     <w:rsid w:val="00827AF6"/>
     <w:rsid w:val="00831092"/>
     <w:rsid w:val="008358DE"/>
     <w:rsid w:val="00836D09"/>
     <w:rsid w:val="00836FCC"/>
     <w:rsid w:val="00840E86"/>
     <w:rsid w:val="008420D1"/>
     <w:rsid w:val="00843115"/>
     <w:rsid w:val="008435B9"/>
     <w:rsid w:val="0084548F"/>
     <w:rsid w:val="00846008"/>
     <w:rsid w:val="0084724D"/>
     <w:rsid w:val="00847F4B"/>
     <w:rsid w:val="00850BA0"/>
     <w:rsid w:val="008514FF"/>
     <w:rsid w:val="00851E80"/>
     <w:rsid w:val="008520D3"/>
     <w:rsid w:val="00854386"/>
     <w:rsid w:val="00855442"/>
     <w:rsid w:val="00856F50"/>
     <w:rsid w:val="0085760C"/>
     <w:rsid w:val="00860638"/>
     <w:rsid w:val="008655DA"/>
+    <w:rsid w:val="00865E21"/>
     <w:rsid w:val="008736E4"/>
     <w:rsid w:val="008806B4"/>
     <w:rsid w:val="00883FBB"/>
     <w:rsid w:val="00884166"/>
     <w:rsid w:val="00884F7C"/>
     <w:rsid w:val="00886AE2"/>
     <w:rsid w:val="00886E90"/>
     <w:rsid w:val="00887760"/>
     <w:rsid w:val="00887960"/>
     <w:rsid w:val="008918AF"/>
     <w:rsid w:val="00891F47"/>
     <w:rsid w:val="00892668"/>
     <w:rsid w:val="008A059E"/>
     <w:rsid w:val="008A1D33"/>
     <w:rsid w:val="008A2474"/>
     <w:rsid w:val="008A2BC4"/>
     <w:rsid w:val="008A72A3"/>
     <w:rsid w:val="008B030D"/>
     <w:rsid w:val="008B3F74"/>
     <w:rsid w:val="008B6C75"/>
     <w:rsid w:val="008B6F89"/>
     <w:rsid w:val="008C26C7"/>
     <w:rsid w:val="008C4838"/>
     <w:rsid w:val="008C71DB"/>
     <w:rsid w:val="008C757C"/>
@@ -19041,50 +18550,51 @@
     <w:rsid w:val="00933B1B"/>
     <w:rsid w:val="0093453F"/>
     <w:rsid w:val="00937EFD"/>
     <w:rsid w:val="00940F2C"/>
     <w:rsid w:val="009557CC"/>
     <w:rsid w:val="00955BD0"/>
     <w:rsid w:val="00956612"/>
     <w:rsid w:val="0095705F"/>
     <w:rsid w:val="0096023E"/>
     <w:rsid w:val="00963BD0"/>
     <w:rsid w:val="00967608"/>
     <w:rsid w:val="009704E6"/>
     <w:rsid w:val="00971D47"/>
     <w:rsid w:val="00974F60"/>
     <w:rsid w:val="00976E91"/>
     <w:rsid w:val="00977ABD"/>
     <w:rsid w:val="00986E65"/>
     <w:rsid w:val="00987342"/>
     <w:rsid w:val="00990443"/>
     <w:rsid w:val="009919D3"/>
     <w:rsid w:val="00991D2A"/>
     <w:rsid w:val="00992978"/>
     <w:rsid w:val="009942D5"/>
     <w:rsid w:val="00996517"/>
     <w:rsid w:val="009A287F"/>
+    <w:rsid w:val="009A3F70"/>
     <w:rsid w:val="009A428F"/>
     <w:rsid w:val="009A48E3"/>
     <w:rsid w:val="009A5416"/>
     <w:rsid w:val="009B0000"/>
     <w:rsid w:val="009B06BF"/>
     <w:rsid w:val="009B1B46"/>
     <w:rsid w:val="009B24C3"/>
     <w:rsid w:val="009B3E3A"/>
     <w:rsid w:val="009B449F"/>
     <w:rsid w:val="009B506D"/>
     <w:rsid w:val="009B675C"/>
     <w:rsid w:val="009B7349"/>
     <w:rsid w:val="009C1902"/>
     <w:rsid w:val="009C5C81"/>
     <w:rsid w:val="009C65FF"/>
     <w:rsid w:val="009C7C19"/>
     <w:rsid w:val="009D262D"/>
     <w:rsid w:val="009E543A"/>
     <w:rsid w:val="009F0B65"/>
     <w:rsid w:val="009F0C53"/>
     <w:rsid w:val="009F3CE2"/>
     <w:rsid w:val="00A00ECD"/>
     <w:rsid w:val="00A0493C"/>
     <w:rsid w:val="00A04F4C"/>
     <w:rsid w:val="00A05464"/>
@@ -19279,50 +18789,51 @@
     <w:rsid w:val="00DE7811"/>
     <w:rsid w:val="00DF113F"/>
     <w:rsid w:val="00DF1B6E"/>
     <w:rsid w:val="00DF2061"/>
     <w:rsid w:val="00DF3E55"/>
     <w:rsid w:val="00DF7A86"/>
     <w:rsid w:val="00DF7B69"/>
     <w:rsid w:val="00E042CB"/>
     <w:rsid w:val="00E058C9"/>
     <w:rsid w:val="00E069D6"/>
     <w:rsid w:val="00E129A6"/>
     <w:rsid w:val="00E12B17"/>
     <w:rsid w:val="00E22878"/>
     <w:rsid w:val="00E23074"/>
     <w:rsid w:val="00E23808"/>
     <w:rsid w:val="00E23847"/>
     <w:rsid w:val="00E31CA0"/>
     <w:rsid w:val="00E369C4"/>
     <w:rsid w:val="00E3714E"/>
     <w:rsid w:val="00E40DD6"/>
     <w:rsid w:val="00E40E04"/>
     <w:rsid w:val="00E414ED"/>
     <w:rsid w:val="00E41569"/>
     <w:rsid w:val="00E55AF4"/>
     <w:rsid w:val="00E57A95"/>
+    <w:rsid w:val="00E57E41"/>
     <w:rsid w:val="00E637F2"/>
     <w:rsid w:val="00E64557"/>
     <w:rsid w:val="00E70761"/>
     <w:rsid w:val="00E71973"/>
     <w:rsid w:val="00E73AED"/>
     <w:rsid w:val="00E76E4E"/>
     <w:rsid w:val="00E776DB"/>
     <w:rsid w:val="00E909C9"/>
     <w:rsid w:val="00E91A9F"/>
     <w:rsid w:val="00E9522A"/>
     <w:rsid w:val="00E95B2A"/>
     <w:rsid w:val="00EA3074"/>
     <w:rsid w:val="00EA5224"/>
     <w:rsid w:val="00EA6265"/>
     <w:rsid w:val="00EB1247"/>
     <w:rsid w:val="00EB7CD1"/>
     <w:rsid w:val="00EB7DEF"/>
     <w:rsid w:val="00EC03CE"/>
     <w:rsid w:val="00EC03FB"/>
     <w:rsid w:val="00EC4443"/>
     <w:rsid w:val="00EC4A56"/>
     <w:rsid w:val="00EC520A"/>
     <w:rsid w:val="00EC5295"/>
     <w:rsid w:val="00EC551A"/>
     <w:rsid w:val="00ED716D"/>
@@ -20759,51 +20270,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2110468570">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Meet-the-NAP7-Steering-Panel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/ethics/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Meet-the-NAP7-Steering-Panel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/ethics/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -21079,76 +20590,76 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E36506DA-B8AC-43D0-84E2-B42E2D37134C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>35958</Characters>
+  <Pages>18</Pages>
+  <Words>6510</Words>
+  <Characters>37108</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>673</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>309</Lines>
+  <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42405</CharactersWithSpaces>
+  <CharactersWithSpaces>43531</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andrew Kane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>