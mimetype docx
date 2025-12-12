--- v0 (2025-10-05)
+++ v1 (2025-12-12)
@@ -1,1286 +1,1327 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6550D1DD" w14:textId="77777777" w:rsidR="0029336C" w:rsidRDefault="0029336C" w:rsidP="0029336C">
+    <w:p w:rsidR="0029336C" w:rsidP="0029336C" w:rsidRDefault="0029336C" w14:paraId="6550D1DD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="50ABBF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="263C936E" w14:textId="77777777" w:rsidR="002C2197" w:rsidRDefault="002C2197" w:rsidP="002C2197"/>
-    <w:p w14:paraId="7CF17C77" w14:textId="688FFEF9" w:rsidR="0029336C" w:rsidRPr="0029336C" w:rsidRDefault="0029336C" w:rsidP="0029336C">
+    <w:p w:rsidR="002C2197" w:rsidP="002C2197" w:rsidRDefault="002C2197" w14:paraId="263C936E" w14:textId="77777777"/>
+    <w:p w:rsidRPr="0029336C" w:rsidR="0029336C" w:rsidP="0029336C" w:rsidRDefault="0029336C" w14:paraId="7CF17C77" w14:textId="688FFEF9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="50ABBF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029336C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="50ABBF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Applications are invited to join the </w:t>
       </w:r>
       <w:r w:rsidRPr="0029336C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="50ABBF"/>
         </w:rPr>
         <w:t>RCoA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5740DAB0" w14:textId="77777777" w:rsidR="0029336C" w:rsidRPr="00FA3DF3" w:rsidRDefault="0029336C" w:rsidP="0029336C">
+    <w:p w:rsidRPr="00FA3DF3" w:rsidR="0029336C" w:rsidP="0029336C" w:rsidRDefault="0029336C" w14:paraId="5740DAB0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="50ABBF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA3DF3">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="50ABBF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Portfolio Assessment Group</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E127CB5" w14:textId="77777777" w:rsidR="0029336C" w:rsidRDefault="0029336C" w:rsidP="0029336C">
+    <w:p w:rsidR="0029336C" w:rsidP="0029336C" w:rsidRDefault="0029336C" w14:paraId="6E127CB5" w14:textId="77777777">
       <w:r w:rsidRPr="00627B05">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="142B8490" w14:textId="446CB25F" w:rsidR="0029336C" w:rsidRPr="00BA290B" w:rsidRDefault="0029336C" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00BA290B" w:rsidR="0029336C" w:rsidP="00BA290B" w:rsidRDefault="0029336C" w14:paraId="142B8490" w14:textId="446CB25F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Member of the Portfolio Assessment Group</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A90C6C4" w14:textId="77777777" w:rsidR="00BA290B" w:rsidRPr="00BA290B" w:rsidRDefault="00BA290B" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00BA290B" w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="1A90C6C4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="648957A9" w14:textId="77777777" w:rsidR="0029336C" w:rsidRPr="00BA290B" w:rsidRDefault="0029336C" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00BA290B" w:rsidR="0029336C" w:rsidP="00BA290B" w:rsidRDefault="0029336C" w14:paraId="648957A9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsible to: </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Chair of the Portfolio Assessment Group</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347E30A3" w14:textId="77777777" w:rsidR="00BA290B" w:rsidRPr="00BA290B" w:rsidRDefault="00BA290B" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00BA290B" w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="347E30A3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12316F94" w14:textId="03F4D5F3" w:rsidR="0029336C" w:rsidRPr="00BA290B" w:rsidRDefault="0029336C" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00BA290B" w:rsidR="0029336C" w:rsidP="00BA290B" w:rsidRDefault="0029336C" w14:paraId="12316F94" w14:textId="1FF32C1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="3C926ACE" w:rsidR="0029336C">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accountable to: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C926ACE" w:rsidR="0029336C">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Chair of the Portfolio Pathway (form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C926ACE" w:rsidR="7CD09E36">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C926ACE" w:rsidR="0029336C">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ly CESR) Executive Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00BA290B" w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="2E4BC0EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00BA290B" w:rsidR="00F36305" w:rsidP="00BA290B" w:rsidRDefault="0029336C" w14:paraId="77383F4E" w14:textId="48DCBFF6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
-          <w:rStyle w:val="Heading2Char"/>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Overall purpose: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="0029336C" w14:paraId="6735FAC8" w14:textId="2EDD097F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
-          <w:rStyle w:val="Heading2Char"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="2E4BC0EB" w14:textId="77777777" w:rsidR="00BA290B" w:rsidRPr="00BA290B" w:rsidRDefault="00BA290B" w:rsidP="00BA290B">
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Applications are invited to join the Royal College of Anaesthetists Portfolio Assessment Group (PAG)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA290B">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="4040119E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="Heading2Char"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="77383F4E" w14:textId="48DCBFF6" w:rsidR="00F36305" w:rsidRPr="00BA290B" w:rsidRDefault="0029336C" w:rsidP="00BA290B">
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0029336C" w:rsidP="00BA290B" w:rsidRDefault="0029336C" w14:paraId="545157E5" w14:textId="28B98A3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-          <w:b/>
-          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3C926ACE" w:rsidR="0029336C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The role of PAG members is to support the RCoA with its portfolio pathway (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C926ACE" w:rsidR="5CA290DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">previously CESR) work, playing an active role in the assessment and evaluation of individual portfolio pathway applications for entry onto the GMC Specialist Register. The role is suitable for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C926ACE" w:rsidR="00F36305">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hose in a substantive consultant anaesthetist post, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3C926ACE" w:rsidR="0029336C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who are actively involved with education and training, and have a minimum of two years’ experience as an Educational Supervisor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="4BF0C20B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="340EB298" w14:textId="0E586576">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-          <w:b/>
-[...7 lines deleted...]
-    <w:p w14:paraId="6735FAC8" w14:textId="2EDD097F" w:rsidR="00BA290B" w:rsidRDefault="0029336C" w:rsidP="00BA290B">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Portfolio Assessment Group (PAG) meet once a month to discuss applications received from the GMC. PAG members prepare for the meeting by reviewing the application and forming a provisional decision, before attending the meeting to discuss their findings with other assessor(s). Once a decision has been made the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>RCoA Portfolio Pathway Team</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA290B">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complete an evaluation form and makes a recommendation to the GMC on behalf of PAG.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="0AEA21BE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00BA290B" w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="21AFF44B" w14:textId="0A0D76E9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-[...120 lines deleted...]
-        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Further details about the role can be found on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId7">
         <w:r w:rsidRPr="00BA290B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>PAG Member Job Description</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId8">
         <w:r w:rsidRPr="00BA290B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>RCoA Portfolio Pathway webpages.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C598FBF" w14:textId="53AA571C" w:rsidR="00F36305" w:rsidRPr="00BA290B" w:rsidRDefault="00BA290B" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00BA290B" w:rsidR="00F36305" w:rsidP="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="3C598FBF" w14:textId="53AA571C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Remuneration</w:t>
       </w:r>
-      <w:r w:rsidR="0029336C" w:rsidRPr="00BA290B">
+      <w:r w:rsidRPr="00BA290B" w:rsidR="0029336C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="0029336C" w:rsidRPr="00BA290B">
+      <w:r w:rsidRPr="00BA290B" w:rsidR="0029336C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119AA629" w14:textId="357D49B2" w:rsidR="0029336C" w:rsidRPr="00BA290B" w:rsidRDefault="0029336C" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00BA290B" w:rsidR="0029336C" w:rsidP="00BA290B" w:rsidRDefault="0029336C" w14:paraId="119AA629" w14:textId="357D49B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">There is no direct remuneration for this role, however all reasonable expenses will be covered by the RCoA in line with the RCoA expenses policy for </w:t>
       </w:r>
-      <w:r w:rsidR="00BA290B" w:rsidRPr="00BA290B">
+      <w:r w:rsidRPr="00BA290B" w:rsidR="00BA290B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>face-to-face</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> events/meetings. </w:t>
       </w:r>
       <w:r w:rsidR="00BA290B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Full support and training resources will be provided by the RCoA Portfolio Pathway team. PAG members will receive CPD points for assessing portfolio applications, and an annual certificate detailing the number of applications they have reviewed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C00D29C" w14:textId="77777777" w:rsidR="00BA290B" w:rsidRPr="00BA290B" w:rsidRDefault="00BA290B" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00BA290B" w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="6C00D29C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CB443A6" w14:textId="38042C1E" w:rsidR="00BA290B" w:rsidRPr="00BA290B" w:rsidRDefault="00BA290B" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00BA290B" w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="6CB443A6" w14:textId="38042C1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA290B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="5C478222" w:rsidR="00BA290B">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Term: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA290B">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BA290B">
+      <w:r w:rsidRPr="5C478222" w:rsidR="00BA290B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Three years</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA290B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="5C478222" w:rsidR="00BA290B">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EB41E55" w14:textId="77777777" w:rsidR="002C2197" w:rsidRDefault="002C2197" w:rsidP="00BA290B">
-[...20 lines deleted...]
-          <w:bCs/>
+    <w:p w:rsidR="5C478222" w:rsidP="5C478222" w:rsidRDefault="5C478222" w14:paraId="19611EE7" w14:noSpellErr="1" w14:textId="4167A782">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0029336C" w:rsidP="00BA290B" w:rsidRDefault="0029336C" w14:paraId="45197E8F" w14:textId="77E89FBF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="64B32173" w:rsidR="0029336C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are interested in joining </w:t>
       </w:r>
-      <w:r w:rsidR="002C2197">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="64B32173" w:rsidR="002C2197">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>the Portfolio Assessment Group</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA290B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="64B32173" w:rsidR="0029336C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">, please complete the below form </w:t>
       </w:r>
-      <w:r w:rsidR="0089595D">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="64B32173" w:rsidR="0089595D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">on the following page, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA290B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="64B32173" w:rsidR="0029336C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">and email it to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00BA290B">
+      <w:hyperlink r:id="R3d5c116daee04526">
+        <w:r w:rsidRPr="64B32173" w:rsidR="0029336C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-            <w:b/>
-            <w:bCs/>
+            <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
           </w:rPr>
           <w:t>portfolio@rcoa.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BA290B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="64B32173" w:rsidR="00BA290B">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09FDD443" w14:textId="77777777" w:rsidR="0089595D" w:rsidRDefault="0089595D" w:rsidP="00BA290B">
-[...44 lines deleted...]
-    <w:p w14:paraId="03AEF391" w14:textId="0EF431F6" w:rsidR="00BA290B" w:rsidRDefault="009D7822" w:rsidP="00BA290B">
+    <w:p w:rsidR="6D486916" w:rsidP="64B32173" w:rsidRDefault="6D486916" w14:paraId="79AC526A" w14:textId="7AF6B86D">
+      <w:pPr>
+        <w:spacing w:before="160" w:beforeAutospacing="off" w:after="200" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="64B32173" w:rsidR="6D486916">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>All applicants are required to declare any potential conflicts of interest. Please disclose any conflicts of interest in your application, including roles such as GMC Associate for portfolio pathway applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="64B32173" w:rsidP="64B32173" w:rsidRDefault="64B32173" w14:paraId="068EDCBF" w14:textId="70ABC898">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5C478222" w:rsidP="5C478222" w:rsidRDefault="5C478222" w14:paraId="361DD031" w14:textId="65D33AD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0089595D" w:rsidP="00BA290B" w:rsidRDefault="0089595D" w14:paraId="09FDD443" w14:noSpellErr="1" w14:textId="3A429293">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="009D7822" w14:paraId="03AEF391" w14:textId="0EF431F6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="50ABBF" w:themeColor="accent2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA290B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="50ABBF" w:themeColor="accent2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Portfolio Assessment Group</w:t>
       </w:r>
-      <w:r w:rsidR="0003261A" w:rsidRPr="00BA290B">
+      <w:r w:rsidRPr="00BA290B" w:rsidR="0003261A">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="50ABBF" w:themeColor="accent2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0029336C" w:rsidRPr="00BA290B">
+      <w:r w:rsidRPr="00BA290B" w:rsidR="0029336C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="50ABBF" w:themeColor="accent2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="0003261A" w:rsidRPr="00BA290B">
+      <w:r w:rsidRPr="00BA290B" w:rsidR="0003261A">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="50ABBF" w:themeColor="accent2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ember</w:t>
       </w:r>
-      <w:r w:rsidR="0029336C" w:rsidRPr="00BA290B">
+      <w:r w:rsidRPr="00BA290B" w:rsidR="0029336C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="50ABBF" w:themeColor="accent2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Application Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1761CF79" w14:textId="324106CF" w:rsidR="00B62961" w:rsidRPr="00BA290B" w:rsidRDefault="00B62961" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00BA290B" w:rsidR="00B62961" w:rsidP="00BA290B" w:rsidRDefault="00B62961" w14:paraId="1761CF79" w14:textId="324106CF">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="50ABBF" w:themeColor="accent2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B62961">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Name in Full:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E6102E4" w14:textId="77777777" w:rsidR="00B62961" w:rsidRPr="00B62961" w:rsidRDefault="00B62961" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00B62961" w:rsidR="00B62961" w:rsidP="00BA290B" w:rsidRDefault="00B62961" w14:paraId="1E6102E4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B62961">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>College Reference Number:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68B4831D" w14:textId="3E630A43" w:rsidR="00B62961" w:rsidRDefault="00B62961" w:rsidP="00BA290B">
+    <w:p w:rsidR="00B62961" w:rsidP="00BA290B" w:rsidRDefault="00B62961" w14:paraId="68B4831D" w14:textId="3E630A43">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B62961">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>GMC Registration Number:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30182773" w14:textId="4C919A67" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00BA290B">
+    <w:p w:rsidR="0003261A" w:rsidP="00BA290B" w:rsidRDefault="0003261A" w14:paraId="30182773" w14:textId="4C919A67">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Current </w:t>
       </w:r>
       <w:r w:rsidR="00F36305">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ppointment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="591EF067" w14:textId="12F98314" w:rsidR="00BA290B" w:rsidRPr="00BA290B" w:rsidRDefault="0003261A" w:rsidP="00BA290B">
+    <w:p w:rsidRPr="00BA290B" w:rsidR="00BA290B" w:rsidP="00BA290B" w:rsidRDefault="0003261A" w14:paraId="591EF067" w14:textId="12F98314">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date of appointment (DD/MM/YYYY):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B8C841" w14:textId="780A78F3" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00BA290B">
+    <w:p w:rsidR="0003261A" w:rsidP="00BA290B" w:rsidRDefault="0003261A" w14:paraId="45B8C841" w14:textId="780A78F3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Previous relevant employment (consultant posts only, including locum posts):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10194"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0003261A" w14:paraId="3FA6F867" w14:textId="77777777" w:rsidTr="0003261A">
+      <w:tr w:rsidR="0003261A" w:rsidTr="0003261A" w14:paraId="3FA6F867" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9784CF" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="6F9784CF" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="765A3795" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="765A3795" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44C06E3F" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="44C06E3F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E3C803E" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="5E3C803E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="661377B6" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="661377B6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="10CA6F0A" w14:textId="77777777" w:rsidR="0089595D" w:rsidRDefault="0089595D" w:rsidP="00B62961">
+          <w:p w:rsidR="0089595D" w:rsidP="00B62961" w:rsidRDefault="0089595D" w14:paraId="10CA6F0A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7D458223" w14:textId="77777777" w:rsidR="0089595D" w:rsidRDefault="0089595D" w:rsidP="00B62961">
+          <w:p w:rsidR="0089595D" w:rsidP="00B62961" w:rsidRDefault="0089595D" w14:paraId="7D458223" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3C20280E" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="3C20280E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F8E8795" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="6F8E8795" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4BD4D973" w14:textId="38AD687E" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="4BD4D973" w14:textId="38AD687E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="248AACF0" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="0003261A">
+    <w:p w:rsidR="0003261A" w:rsidP="0003261A" w:rsidRDefault="0003261A" w14:paraId="248AACF0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AD29904" w14:textId="341BAB62" w:rsidR="00B62961" w:rsidRPr="0003261A" w:rsidRDefault="0003261A" w:rsidP="0003261A">
+    <w:p w:rsidRPr="0003261A" w:rsidR="00B62961" w:rsidP="0003261A" w:rsidRDefault="0003261A" w14:paraId="3AD29904" w14:textId="341BAB62">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Evidence of active involvement and commitment to training, assessment and CESR preparation. Please provide examples of relevant formal and informal experience with dates. </w:t>
       </w:r>
-      <w:r w:rsidR="00B62961" w:rsidRPr="0003261A">
+      <w:r w:rsidRPr="0003261A" w:rsidR="00B62961">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="0003261A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00B62961" w:rsidRPr="0003261A">
+      <w:r w:rsidRPr="0003261A" w:rsidR="00B62961">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>00 words maximum)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62060F1C" w14:textId="77777777" w:rsidR="0003261A" w:rsidRPr="0003261A" w:rsidRDefault="0003261A" w:rsidP="0003261A">
+    <w:p w:rsidRPr="0003261A" w:rsidR="0003261A" w:rsidP="0003261A" w:rsidRDefault="0003261A" w14:paraId="62060F1C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10194"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0003261A" w14:paraId="1040DD75" w14:textId="77777777" w:rsidTr="0003261A">
+      <w:tr w:rsidR="0003261A" w:rsidTr="0003261A" w14:paraId="1040DD75" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C2E7588" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="7C2E7588" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="02153164" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="02153164" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="680A50BD" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="680A50BD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1771685E" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="1771685E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="58EFB239" w14:textId="77777777" w:rsidR="0089595D" w:rsidRDefault="0089595D" w:rsidP="00B62961">
+          <w:p w:rsidR="0089595D" w:rsidP="00B62961" w:rsidRDefault="0089595D" w14:paraId="58EFB239" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3A3EA14C" w14:textId="77777777" w:rsidR="0089595D" w:rsidRDefault="0089595D" w:rsidP="00B62961">
+          <w:p w:rsidR="0089595D" w:rsidP="00B62961" w:rsidRDefault="0089595D" w14:paraId="3A3EA14C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1F774852" w14:textId="77777777" w:rsidR="0089595D" w:rsidRDefault="0089595D" w:rsidP="00B62961">
+          <w:p w:rsidR="0089595D" w:rsidP="00B62961" w:rsidRDefault="0089595D" w14:paraId="1F774852" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2526B7C6" w14:textId="77777777" w:rsidR="0089595D" w:rsidRDefault="0089595D" w:rsidP="00B62961">
+          <w:p w:rsidR="0089595D" w:rsidP="00B62961" w:rsidRDefault="0089595D" w14:paraId="2526B7C6" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2BFAC596" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="2BFAC596" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5897E3C3" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="5897E3C3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4755657C" w14:textId="77777777" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="4755657C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="449E8428" w14:textId="56098C3A" w:rsidR="0003261A" w:rsidRDefault="0003261A" w:rsidP="00B62961">
+          <w:p w:rsidR="0003261A" w:rsidP="00B62961" w:rsidRDefault="0003261A" w14:paraId="449E8428" w14:textId="56098C3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="105FB6AC" w14:textId="6619CC7F" w:rsidR="00B62961" w:rsidRDefault="00B62961" w:rsidP="00B62961">
+    <w:p w:rsidR="00B62961" w:rsidP="00B62961" w:rsidRDefault="00B62961" w14:paraId="105FB6AC" w14:textId="6619CC7F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06C71D60" w14:textId="32866383" w:rsidR="00295C5C" w:rsidRPr="00295C5C" w:rsidRDefault="00295C5C" w:rsidP="00295C5C">
+    <w:p w:rsidRPr="00295C5C" w:rsidR="00295C5C" w:rsidP="00295C5C" w:rsidRDefault="00295C5C" w14:paraId="06C71D60" w14:textId="32866383">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00295C5C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please provide date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
@@ -1298,212 +1339,204 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Equal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00295C5C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pportunities training within the last three years and submit a copy of the certificate of completion with your application:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163CCD95" w14:textId="35A7809B" w:rsidR="00295C5C" w:rsidRDefault="00295C5C" w:rsidP="00295C5C">
+    <w:p w:rsidR="00295C5C" w:rsidP="00295C5C" w:rsidRDefault="00295C5C" w14:paraId="163CCD95" w14:textId="35A7809B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10194"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00295C5C" w14:paraId="029FAD40" w14:textId="77777777" w:rsidTr="00295C5C">
+      <w:tr w:rsidR="00295C5C" w:rsidTr="00295C5C" w14:paraId="029FAD40" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44641E9E" w14:textId="77777777" w:rsidR="00295C5C" w:rsidRDefault="00295C5C" w:rsidP="00295C5C">
+          <w:p w:rsidR="00295C5C" w:rsidP="00295C5C" w:rsidRDefault="00295C5C" w14:paraId="44641E9E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="63238373" w14:textId="68A462EB" w:rsidR="00295C5C" w:rsidRDefault="00295C5C" w:rsidP="00295C5C">
+          <w:p w:rsidR="00295C5C" w:rsidP="00295C5C" w:rsidRDefault="00295C5C" w14:paraId="63238373" w14:textId="68A462EB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48EFDA63" w14:textId="77777777" w:rsidR="0089595D" w:rsidRDefault="0089595D" w:rsidP="00295C5C">
+          <w:p w:rsidR="0089595D" w:rsidP="00295C5C" w:rsidRDefault="0089595D" w14:paraId="48EFDA63" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0D505AD5" w14:textId="77777777" w:rsidR="0089595D" w:rsidRDefault="0089595D" w:rsidP="00295C5C">
+          <w:p w:rsidR="0089595D" w:rsidP="00295C5C" w:rsidRDefault="0089595D" w14:paraId="0D505AD5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="06AD4FBE" w14:textId="77777777" w:rsidR="0089595D" w:rsidRDefault="0089595D" w:rsidP="00295C5C">
+          <w:p w:rsidR="0089595D" w:rsidP="00295C5C" w:rsidRDefault="0089595D" w14:paraId="06AD4FBE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="38845D5A" w14:textId="77777777" w:rsidR="0089595D" w:rsidRDefault="0089595D" w:rsidP="00295C5C">
+          <w:p w:rsidR="0089595D" w:rsidP="00295C5C" w:rsidRDefault="0089595D" w14:paraId="38845D5A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0573B268" w14:textId="77777777" w:rsidR="00295C5C" w:rsidRDefault="00295C5C" w:rsidP="00295C5C">
+          <w:p w:rsidR="00295C5C" w:rsidP="00295C5C" w:rsidRDefault="00295C5C" w14:paraId="0573B268" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1BF0DECA" w14:textId="4FF773D5" w:rsidR="00295C5C" w:rsidRDefault="00295C5C" w:rsidP="00295C5C">
+          <w:p w:rsidR="00295C5C" w:rsidP="00295C5C" w:rsidRDefault="00295C5C" w14:paraId="1BF0DECA" w14:textId="4FF773D5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75FD8BFA" w14:textId="77777777" w:rsidR="00295C5C" w:rsidRPr="00B62961" w:rsidRDefault="00295C5C" w:rsidP="00295C5C">
+    <w:p w:rsidRPr="00B62961" w:rsidR="00295C5C" w:rsidP="00295C5C" w:rsidRDefault="00295C5C" w14:paraId="75FD8BFA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FE04B85" w14:textId="77777777" w:rsidR="00B62961" w:rsidRPr="00B62961" w:rsidRDefault="00B62961" w:rsidP="00B62961">
-      <w:pPr>
+    <w:p w:rsidRPr="00B62961" w:rsidR="009206AB" w:rsidP="64B32173" w:rsidRDefault="009206AB" w14:paraId="18D0905C" w14:textId="2C841B3B">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18D0905C" w14:textId="5A5417E8" w:rsidR="009206AB" w:rsidRPr="00B62961" w:rsidRDefault="009206AB" w:rsidP="005F2769">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="009206AB" w:rsidRPr="00B62961" w:rsidSect="0089595D">
+    <w:sectPr w:rsidRPr="00B62961" w:rsidR="009206AB" w:rsidSect="0089595D">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1843" w:right="851" w:bottom="851" w:left="851" w:header="567" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E000A58" w14:textId="77777777" w:rsidR="00CF6924" w:rsidRDefault="00CF6924" w:rsidP="00BA6DEC">
+    <w:p w:rsidR="00CF6924" w:rsidP="00BA6DEC" w:rsidRDefault="00CF6924" w14:paraId="4E000A58" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FB0EFB9" w14:textId="77777777" w:rsidR="00CF6924" w:rsidRDefault="00CF6924" w:rsidP="00BA6DEC">
+    <w:p w:rsidR="00CF6924" w:rsidP="00BA6DEC" w:rsidRDefault="00CF6924" w14:paraId="0FB0EFB9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1559,488 +1592,497 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SemplicitaPro">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7C460DCF" w14:textId="77777777" w:rsidR="00BA6DEC" w:rsidRPr="00BA6DEC" w:rsidRDefault="00BA6DEC" w:rsidP="00BA6DEC">
+  <w:p w:rsidRPr="00BA6DEC" w:rsidR="00BA6DEC" w:rsidP="00BA6DEC" w:rsidRDefault="00BA6DEC" w14:paraId="7C460DCF" w14:textId="77777777">
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:vertAlign w:val="subscript"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>Royal College of Anaesthetists</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="268CC8B5" w14:textId="77777777" w:rsidR="00BA6DEC" w:rsidRPr="00BA6DEC" w:rsidRDefault="00BA6DEC" w:rsidP="00BA6DEC">
+  <w:p w:rsidRPr="00BA6DEC" w:rsidR="00BA6DEC" w:rsidP="00BA6DEC" w:rsidRDefault="00BA6DEC" w14:paraId="268CC8B5" w14:textId="77777777">
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>Churchill House, 35 Red Lion Square, London WC1R 4SG</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="01FC856D" w14:textId="77777777" w:rsidR="00BA6DEC" w:rsidRPr="00BA6DEC" w:rsidRDefault="00BA6DEC" w:rsidP="00BA6DEC">
+  <w:p w:rsidRPr="00BA6DEC" w:rsidR="00BA6DEC" w:rsidP="00BA6DEC" w:rsidRDefault="00BA6DEC" w14:paraId="01FC856D" w14:textId="77777777">
     <w:pPr>
       <w:spacing w:after="120" w:line="200" w:lineRule="atLeast"/>
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:color w:val="50ABBF"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:u w:val="single"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="SemplicitaPro"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="SemplicitaPro"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>Tel</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="SemplicitaPro"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="SemplicitaPro"/>
         <w:color w:val="000000"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> 020 7092 1500  </w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="SemplicitaPro"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="SemplicitaPro"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>Email</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="SemplicitaPro"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="SemplicitaPro"/>
         <w:color w:val="000000"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:hyperlink r:id="rId1" w:history="1">
+    <w:hyperlink w:history="1" r:id="rId1">
       <w:r w:rsidRPr="00BA6DEC">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="SemplicitaPro"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="SemplicitaPro"/>
           <w:color w:val="50ABBF"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>training@rcoa.ac.uk</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="SemplicitaPro"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="SemplicitaPro"/>
         <w:color w:val="3F2A56"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="SemplicitaPro"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="SemplicitaPro"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>Website</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="SemplicitaPro"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="SemplicitaPro"/>
         <w:color w:val="3F2A56"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:hyperlink r:id="rId2" w:history="1">
+    <w:hyperlink w:history="1" r:id="rId2">
       <w:r w:rsidRPr="00BA6DEC">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
           <w:color w:val="50ABBF"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>www.rcoa.ac.uk/careers-training</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
-  <w:p w14:paraId="4F974684" w14:textId="2465FD42" w:rsidR="00BA6DEC" w:rsidRDefault="00BA6DEC" w:rsidP="00BA6DEC">
+  <w:p w:rsidR="00BA6DEC" w:rsidP="00BA6DEC" w:rsidRDefault="00BA6DEC" w14:paraId="4F974684" w14:textId="2465FD42">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10206"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>Twitter</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> @RCoANews  </w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:color w:val="CD6084"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>|</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>Find us on Facebook</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00BA6DEC">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+        <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009D7822">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009D7822">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6DEC">
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Mincho" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="MS Mincho" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="en-US" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1101986387"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="4099A258" w14:textId="0582CDC7" w:rsidR="00BA290B" w:rsidRDefault="00BA290B">
+      <w:p w:rsidR="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="4099A258" w14:textId="0582CDC7">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00BA290B">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00BA290B">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00BA290B">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00BA290B">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00BA290B">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00BA290B">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> of 2</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="59747665" w14:textId="77777777" w:rsidR="00BA290B" w:rsidRDefault="00BA290B">
+  <w:p w:rsidR="00BA290B" w:rsidRDefault="00BA290B" w14:paraId="59747665" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D203BB2" w14:textId="77777777" w:rsidR="00CF6924" w:rsidRDefault="00CF6924" w:rsidP="00BA6DEC">
+    <w:p w:rsidR="00CF6924" w:rsidP="00BA6DEC" w:rsidRDefault="00CF6924" w14:paraId="5D203BB2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4967978E" w14:textId="77777777" w:rsidR="00CF6924" w:rsidRDefault="00CF6924" w:rsidP="00BA6DEC">
+    <w:p w:rsidR="00CF6924" w:rsidP="00BA6DEC" w:rsidRDefault="00CF6924" w14:paraId="4967978E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2EC59497" w14:textId="7EFCAF8E" w:rsidR="0089595D" w:rsidRPr="0089595D" w:rsidRDefault="0089595D" w:rsidP="0089595D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="0089595D" w:rsidR="0089595D" w:rsidP="0089595D" w:rsidRDefault="0089595D" w14:paraId="2EC59497" w14:textId="7EFCAF8E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EE7E7C0" wp14:editId="61B292AE">
           <wp:extent cx="1872234" cy="864108"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:docPr id="2054420730" name="Picture 2054420730" descr="A logo with letters and numbers&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="11" name="Picture 11" descr="A logo with letters and numbers&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
@@ -2066,624 +2108,624 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="091E6DD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D87CABD8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D1A523C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="410A8184"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="265D7876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30302162"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AFB15AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12D4AA5A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="632125EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B868E1C2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1154831456">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1263761166">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1053432458">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1851290582">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1687633648">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005447BD"/>
     <w:rsid w:val="0003261A"/>
     <w:rsid w:val="00046DE4"/>
@@ -2705,164 +2747,171 @@
     <w:rsid w:val="00630C6A"/>
     <w:rsid w:val="00793FB4"/>
     <w:rsid w:val="007F5453"/>
     <w:rsid w:val="008654AC"/>
     <w:rsid w:val="0089595D"/>
     <w:rsid w:val="009206AB"/>
     <w:rsid w:val="009C5868"/>
     <w:rsid w:val="009D7822"/>
     <w:rsid w:val="00A36DB7"/>
     <w:rsid w:val="00A54640"/>
     <w:rsid w:val="00B336F4"/>
     <w:rsid w:val="00B62961"/>
     <w:rsid w:val="00B64D9E"/>
     <w:rsid w:val="00BA290B"/>
     <w:rsid w:val="00BA6DEC"/>
     <w:rsid w:val="00CA1726"/>
     <w:rsid w:val="00CF6924"/>
     <w:rsid w:val="00DE4B08"/>
     <w:rsid w:val="00DF01FC"/>
     <w:rsid w:val="00E12192"/>
     <w:rsid w:val="00E13E1F"/>
     <w:rsid w:val="00E4228F"/>
     <w:rsid w:val="00E74C26"/>
     <w:rsid w:val="00F36305"/>
     <w:rsid w:val="00F87DF0"/>
+    <w:rsid w:val="23B86C57"/>
+    <w:rsid w:val="3C926ACE"/>
+    <w:rsid w:val="5C478222"/>
+    <w:rsid w:val="5CA290DD"/>
+    <w:rsid w:val="64B32173"/>
+    <w:rsid w:val="6D486916"/>
+    <w:rsid w:val="7CD09E36"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="54B5B203"/>
   <w15:docId w15:val="{51F59CDF-8C47-4F48-B9D1-1F20E817244F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3018,52 +3067,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3130,421 +3179,420 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="005447BD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="1E173C" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0029336C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1E173C" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0029336C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="140F28" w:themeColor="accent1" w:themeShade="7F"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="005447BD"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="291F51" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:color="291F51" w:themeColor="accent1" w:sz="8" w:space="4"/>
       </w:pBdr>
       <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="005447BD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005447BD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="1E173C" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E65E6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA6DEC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BA6DEC"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA6DEC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BA6DEC"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA6DEC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA6DEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B336F4"/>
     <w:rPr>
       <w:color w:val="50ABBF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="005F2769"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="005F2769"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
     <w:name w:val="Default"/>
     <w:rsid w:val="0003261A"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0029336C"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1E173C" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0029336C"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="140F28" w:themeColor="accent1" w:themeShade="7F"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0029336C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA290B"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/training-careers/training-hub/portfolio-pathway-cesr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/media/40826" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:portfolio@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/training-careers/training-hub/portfolio-pathway-cesr" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/media/40826" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:portfolio@rcoa.ac.uk" TargetMode="External" Id="R3d5c116daee04526" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rcoa.ac.uk/careers-training" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:training@rcoa.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="RCoABranding201">
   <a:themeElements>
     <a:clrScheme name="RCoA Branding 2016">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
@@ -3771,72 +3819,300 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DC42A809EF84CF4DB368A3C5FA5D6675" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="28e82d77d08616ecebec569a4565bb03">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e133597f-6a23-47d0-995e-854ab474ddf8" xmlns:ns3="26b7ff2d-fb6c-4ffc-91f7-fc281a914555" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="80e80984b3a2c816122af8c04a2e0acc" ns2:_="" ns3:_="">
+    <xsd:import namespace="e133597f-6a23-47d0-995e-854ab474ddf8"/>
+    <xsd:import namespace="26b7ff2d-fb6c-4ffc-91f7-fc281a914555"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e133597f-6a23-47d0-995e-854ab474ddf8" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="71edd084-375f-4d55-8c57-698fcc9f02c3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="26b7ff2d-fb6c-4ffc-91f7-fc281a914555" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{252278a6-1093-4ccc-a77e-388c6c067d2e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="26b7ff2d-fb6c-4ffc-91f7-fc281a914555">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="26b7ff2d-fb6c-4ffc-91f7-fc281a914555" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e133597f-6a23-47d0-995e-854ab474ddf8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E13C82F-3429-4D25-969B-83142C4342C7}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{782384C6-B63D-47CE-B7F6-31F186FF2318}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CB8F00C-1F3B-4CAC-88E4-4724C324C885}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Janice Fazackerley</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DC42A809EF84CF4DB368A3C5FA5D6675</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>